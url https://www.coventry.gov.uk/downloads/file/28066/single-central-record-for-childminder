--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -240,106 +240,118 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> children. </w:t>
       </w:r>
       <w:r w:rsidR="007F2731" w:rsidRPr="00FB25FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You will also need to demonstrate how you confirm the ongoing suitability of all adults, which may be recorded in supervision records with link minders or assistants. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A467FC" w14:textId="77777777" w:rsidR="00FB526C" w:rsidRPr="00FB25FF" w:rsidRDefault="00FB526C" w:rsidP="00FB526C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55D8EFE4" w14:textId="798E55F7" w:rsidR="00C66816" w:rsidRPr="00FB25FF" w:rsidRDefault="00FB526C" w:rsidP="00FB526C">
+    <w:p w14:paraId="55D8EFE4" w14:textId="798E55F7" w:rsidR="00C66816" w:rsidRDefault="00FB526C" w:rsidP="00FB526C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB25FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This is an example of what information should be included, but you may wish to add further details. For further information please refer to</w:t>
       </w:r>
       <w:r w:rsidR="00C66816" w:rsidRPr="00FB25FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F4DD90" w14:textId="51917F99" w:rsidR="00FB526C" w:rsidRPr="00FB25FF" w:rsidRDefault="00FB526C" w:rsidP="00FB526C">
+    <w:p w14:paraId="687F9364" w14:textId="139C12C4" w:rsidR="008940B4" w:rsidRDefault="008940B4" w:rsidP="00FB526C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00FB25FF">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Early years foundation stage statutory framework For childminders 2024.</w:t>
+          <w:t>Early_years_foundation_stage_statutory_framework_for_child</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>minders_.July 2025</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FB25FF">
+    </w:p>
+    <w:p w14:paraId="1D6CCEEB" w14:textId="77777777" w:rsidR="008940B4" w:rsidRPr="00FB25FF" w:rsidRDefault="008940B4" w:rsidP="00FB526C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="40E499DB" w14:textId="3575E903" w:rsidR="00FB526C" w:rsidRPr="00FB25FF" w:rsidRDefault="00FB526C" w:rsidP="00FB526C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00FB25FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Keeping children safe in Education 2024</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB25FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1967,88 +1979,86 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of employee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BA7CB0B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F253D7C" w14:textId="30B9C669" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2122,88 +2132,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Is employee known by any previous names?  If yes, please confirm documents seen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="013A106A" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B9472F3" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2285,88 +2293,86 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Address </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3ABF88CA" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="60EF6E6B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2448,88 +2454,86 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Position held </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38CEB499" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CF32C18" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2611,88 +2615,86 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date employment commenced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="688F2667" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56C13215" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2774,88 +2776,86 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Dates of induction period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="423C687B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="228107AF" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -2937,100 +2937,98 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date employment ceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CC57B66" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38E0464B" w14:textId="77777777" w:rsidR="00FB25FF" w:rsidRPr="00FB25FF" w:rsidRDefault="00FB25FF" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0EF5708F" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -3282,88 +3280,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Fully completed application form and required declarations signed by applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18FFA4A7" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="225C63EE" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -3445,88 +3441,86 @@
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Evidence of interview questions and responses </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6273793E" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="02FF32EB" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -3779,88 +3773,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Details of original  documents seen (e.g. passport, driving license)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53F49219" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68959C53" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -3944,88 +3936,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date checked</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EAA385D" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63413CE5" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -4108,77 +4098,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Does the photo confirm a true likeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5065BC61" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69F8C45B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -4251,88 +4239,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Full name of person checking evidence and job role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E60576B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5106ACD7" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -4585,88 +4571,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Enhanced DBS number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EC787F7" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77B802B7" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -4750,88 +4734,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>DBS date of Issue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61D90D16" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5ED7F190" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -4915,88 +4897,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Registered for the update service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34905074" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F6B3FD8" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5080,88 +5060,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Barred list check complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14380EBB" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4599E9B6" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5245,88 +5223,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date certificate seen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="416547D2" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65812CF0" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5410,88 +5386,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Full name of person checking evidence and job role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="768DB006" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34A6E080" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5743,88 +5717,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Is employee eligible to work in UK?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0ED1A179" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B2C67F1" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -5908,88 +5880,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Original evidence seen and copy taken?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="567C79F6" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="005FB73A" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6073,88 +6043,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date and Checked by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67161CD3" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="565CCB61" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6407,88 +6375,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Has individual lived or worked outside of the UK?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="201700C8" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D85B281" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6572,88 +6538,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date checked</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38A0C9A6" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B64C6A4" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6737,88 +6701,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Other relevant check(s) completed? (Include details of checks)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55C83399" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C705FCD" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -6902,88 +6864,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date(s) checked</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31D59292" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6964AA21" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -7067,88 +7027,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Checked by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="156D000B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11A7690F" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -7400,88 +7358,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Disqualification by Association checks complete?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B835B6A" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4956B757" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -7565,88 +7521,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date and Checked by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69801633" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71E081E9" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -7730,88 +7684,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="212121"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Full name of person checking evidence and job role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E424871" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FE1EAE5" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -8064,88 +8016,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>First reference verified and checked?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="788A19C7" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="650BD6B6" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -8229,88 +8179,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Second reference verified and checked?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6971358D" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="372043EE" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -8394,88 +8342,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date(s) and checked by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3437CD5B" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BCDDD3F" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -8559,88 +8505,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Risk Assessment completed for staff without 2 satisfactory references?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40CDA662" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C74D113" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -8724,88 +8668,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Further reference sought? Verified and checked?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42921792" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="799F2695" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -8889,88 +8831,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Employment history checked for gaps</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73502E14" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6604B790" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -9054,88 +8994,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date and checked by:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E91B682" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37139C34" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -9388,88 +9326,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Level 1 Safeguarding training (date last completed), name of training provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1928B3BD" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="498408DD" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -9553,88 +9489,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date Safeguarding Policy shared and discussed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BDFF9BA" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A7C2950" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -9718,88 +9652,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date managing allegations  shared and discussed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B21DDDE" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D493C53" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10052,88 +9984,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Full name of qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42D9D756" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A26E113" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10217,88 +10147,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Level of qualification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72D47457" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B802AA9" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10382,88 +10310,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date qualification awarded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CD61A05" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CB0F879" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10547,88 +10473,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Is qualification relevant to meet legal requirements of Ofsted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25E581FA" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="70B80C63" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -10712,88 +10636,86 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Checked original certificate to ensure qualification was completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4367CD9D" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0047E0C6" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -11049,77 +10971,75 @@
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> EYFS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AD3A989" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="451B9DA0" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -11192,77 +11112,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Checked original certificate to ensure qualification was completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62C1C37A" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E7507EC" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -11335,77 +11253,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB25FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date training completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B6AF06C" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00965A59" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -11438,105 +11354,102 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w14:paraId="062980E9" w14:textId="6FDA3912" w:rsidTr="00FB25FF">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51ED4A32" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1744319D" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E301885" w14:textId="77777777" w:rsidR="00ED3791" w:rsidRPr="00FB25FF" w:rsidRDefault="00ED3791" w:rsidP="00F42327">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -11622,81 +11535,85 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0033754D"/>
+    <w:rsid w:val="000B49FD"/>
     <w:rsid w:val="00115C12"/>
     <w:rsid w:val="001A1CD4"/>
     <w:rsid w:val="0033754D"/>
     <w:rsid w:val="003A0EC6"/>
     <w:rsid w:val="003B573A"/>
     <w:rsid w:val="00433F4D"/>
     <w:rsid w:val="00497A7B"/>
     <w:rsid w:val="004D0B51"/>
     <w:rsid w:val="00534454"/>
     <w:rsid w:val="00582123"/>
     <w:rsid w:val="00583322"/>
     <w:rsid w:val="00654454"/>
     <w:rsid w:val="007F2731"/>
+    <w:rsid w:val="008940B4"/>
     <w:rsid w:val="00A54BDE"/>
     <w:rsid w:val="00C66816"/>
+    <w:rsid w:val="00CB6B0A"/>
     <w:rsid w:val="00D50011"/>
     <w:rsid w:val="00D53170"/>
+    <w:rsid w:val="00D60C77"/>
     <w:rsid w:val="00D94A66"/>
     <w:rsid w:val="00D964B0"/>
     <w:rsid w:val="00DA4323"/>
     <w:rsid w:val="00DD682F"/>
     <w:rsid w:val="00E44FE2"/>
     <w:rsid w:val="00E63A8B"/>
     <w:rsid w:val="00EB23BA"/>
     <w:rsid w:val="00ED3791"/>
     <w:rsid w:val="00F42327"/>
     <w:rsid w:val="00FB25FF"/>
     <w:rsid w:val="00FB526C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -12210,51 +12127,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1971979177">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6650a1967b792ffff71a83e8/Keeping_children_safe_in_education_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/65aa5e29ed27ca001327b2c6/EYFS_statutory_framework_for_childminders.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/childminders-report-new-adults-in-the-home" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6650a1967b792ffff71a83e8/Keeping_children_safe_in_education_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.publishing.service.gov.uk/media/6874e14383d39f474eb7d373/Early_years_foundation_stage_statutory_framework_for_childminders_.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/childminders-report-new-adults-in-the-home" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12479,69 +12396,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>775</Words>
-  <Characters>4418</Characters>
+  <Words>746</Words>
+  <Characters>4477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>559</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5183</CharactersWithSpaces>
+  <CharactersWithSpaces>5110</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Craddock, Sandra</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>