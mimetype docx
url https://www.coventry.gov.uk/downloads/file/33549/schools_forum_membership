--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -6,4165 +6,3823 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps8.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="007268AA" w:rsidP="58E529AE" w:rsidRDefault="245F215C" w14:paraId="532668AF" w14:textId="5C4E23A9">
+    <w:p w14:paraId="7D441EEA" w14:textId="4C534D6A" w:rsidR="727FE1B4" w:rsidRDefault="727FE1B4" w:rsidP="3BA2338C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="589FC440" w:rsidR="245F215C">
+      <w:r w:rsidRPr="3BA2338C">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>COVENTRY SCHOOLS FORUM MEMBERSHIP</w:t>
       </w:r>
-      <w:r w:rsidRPr="589FC440" w:rsidR="52189659">
+      <w:r w:rsidR="2BBDED6B" w:rsidRPr="3BA2338C">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...29 lines deleted...]
-        <w:t>2025</w:t>
+        <w:t xml:space="preserve"> January 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007268AA" w:rsidP="003D5AD0" w:rsidRDefault="007268AA" w14:paraId="08437777" w14:textId="77777777">
+    <w:p w14:paraId="08437777" w14:textId="77777777" w:rsidR="007268AA" w:rsidRDefault="007268AA" w:rsidP="003D5AD0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SCHOOLS GROUP</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10022" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3287"/>
         <w:gridCol w:w="1065"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00550666" w:rsidTr="20D1C0D6" w14:paraId="72839BC7" w14:textId="77777777">
+      <w:tr w:rsidR="00550666" w:rsidRPr="00F11532" w14:paraId="72839BC7" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00DC3861" w:rsidP="00F11532" w:rsidRDefault="00DC3861" w14:paraId="7B666A76" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7B666A76" w14:textId="77777777" w:rsidR="00DC3861" w:rsidRPr="00F11532" w:rsidRDefault="00DC3861" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GROUP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00DC3861" w:rsidP="00F11532" w:rsidRDefault="00DC3861" w14:paraId="3C625688" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3C625688" w14:textId="77777777" w:rsidR="00DC3861" w:rsidRPr="00F11532" w:rsidRDefault="00DC3861" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00DC3861" w:rsidP="00F11532" w:rsidRDefault="00DC3861" w14:paraId="403E6338" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="403E6338" w14:textId="77777777" w:rsidR="00DC3861" w:rsidRPr="00F11532" w:rsidRDefault="00DC3861" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00DC3861" w:rsidP="00F11532" w:rsidRDefault="00DC3861" w14:paraId="43EE5036" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="43EE5036" w14:textId="77777777" w:rsidR="00DC3861" w:rsidRPr="00F11532" w:rsidRDefault="00DC3861" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SCHOOL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00DC3861" w:rsidP="00F11532" w:rsidRDefault="00DC3861" w14:paraId="0D6F9EF9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D6F9EF9" w14:textId="77777777" w:rsidR="00DC3861" w:rsidRPr="00F11532" w:rsidRDefault="00DC3861" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TERM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="007161A8" w:rsidTr="20D1C0D6" w14:paraId="34F703FA" w14:textId="77777777">
+      <w:tr w:rsidR="007161A8" w:rsidRPr="00F11532" w14:paraId="34F703FA" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="007161A8" w:rsidP="00C70ACA" w:rsidRDefault="007161A8" w14:paraId="7A62BD8D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7A62BD8D" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00F11532" w:rsidRDefault="007161A8" w:rsidP="00C70ACA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Primary H</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eadteachers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00F11532" w:rsidR="007161A8" w:rsidP="00D85584" w:rsidRDefault="007161A8" w14:paraId="672A6659" w14:textId="77777777">
+          <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00F11532" w:rsidRDefault="007161A8" w:rsidP="00D85584">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="007161A8" w:rsidP="00F11532" w:rsidRDefault="00641B4E" w14:paraId="2598DEE6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2598DEE6" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00F11532" w:rsidRDefault="00641B4E" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-              <w:t>Isobel Rose</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="681500FD" w14:textId="7535C50B" w:rsidR="007161A8" w:rsidRPr="00F11532" w:rsidRDefault="3EF1AE55" w:rsidP="00F11532">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="699BA0BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nikki Evans</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-              <w:t>Mount Nod</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="291262E1" w14:textId="685CE292" w:rsidR="007161A8" w:rsidRPr="00F11532" w:rsidRDefault="3EF1AE55" w:rsidP="00F11532">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="699BA0BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Moseley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00FA268E" w:rsidR="007161A8" w:rsidP="002609FD" w:rsidRDefault="007161A8" w14:paraId="63964CDA" w14:textId="377CA661">
+          </w:tcPr>
+          <w:p w14:paraId="63964CDA" w14:textId="4F9578E8" w:rsidR="007161A8" w:rsidRPr="00FA268E" w:rsidRDefault="3EF1AE55" w:rsidP="002609FD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="56591652">
-[...15 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidRPr="699BA0BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dec 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="344F5782" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="344F5782" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="0A37501D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="5DAB6C7B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="6E935ADF" w:rsidRDefault="26259E95" w14:paraId="046F6D14" w14:textId="4DCC0A81">
+          </w:tcPr>
+          <w:p w14:paraId="046F6D14" w14:textId="4DCC0A81" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="26259E95" w:rsidP="6E935ADF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="6E935ADF">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gary Watson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="6E935ADF" w:rsidRDefault="26259E95" w14:paraId="7DF69441" w14:textId="065F7C13">
+          </w:tcPr>
+          <w:p w14:paraId="7DF69441" w14:textId="065F7C13" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="26259E95" w:rsidP="6E935ADF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="6E935ADF">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hollyfast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="6E935ADF" w:rsidRDefault="26259E95" w14:paraId="28B160F6" w14:textId="7420A3C4">
+          </w:tcPr>
+          <w:p w14:paraId="28B160F6" w14:textId="7420A3C4" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="26259E95" w:rsidP="6E935ADF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="6E935ADF">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Feb 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="15C8D056" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="15C8D056" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="02EB378F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="6A05A809" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="03675824" w14:textId="72EB9F30">
+          </w:tcPr>
+          <w:p w14:paraId="03675824" w14:textId="72EB9F30" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="48732D3A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Louise Kelman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="128650CB" w14:textId="5446E700">
+          </w:tcPr>
+          <w:p w14:paraId="128650CB" w14:textId="5446E700" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="48732D3A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Stoke Heath</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="29D4400A" w:rsidR="00233D42">
+          </w:tcPr>
+          <w:p w14:paraId="64AD105A" w14:textId="01E7B1DE" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="00233D42" w:rsidP="00233D42">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="29D4400A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oct 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="29D4400A" w:rsidR="79C0A4F3">
+            <w:r w:rsidR="79C0A4F3" w:rsidRPr="29D4400A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="5A650761" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="5A650761" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="5A39BBE3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5A39BBE3" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="41C8F396" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="41C8F396" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="002609FD" w:rsidR="00233D42" w:rsidP="18C8E05D" w:rsidRDefault="5945B2F7" w14:paraId="75BD63A2" w14:textId="0B77ABD3">
+          </w:tcPr>
+          <w:p w14:paraId="75BD63A2" w14:textId="0B77ABD3" w:rsidR="00233D42" w:rsidRPr="002609FD" w:rsidRDefault="5945B2F7" w:rsidP="18C8E05D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18C8E05D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Joss Andrews</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="5945B2F7" w14:paraId="51105D49" w14:textId="09270AC1">
+          </w:tcPr>
+          <w:p w14:paraId="51105D49" w14:textId="09270AC1" w:rsidR="00233D42" w:rsidRPr="0073495D" w:rsidRDefault="5945B2F7" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18C8E05D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broad Heath</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="5945B2F7" w14:paraId="4E183AFB" w14:textId="6E85E99A">
+          </w:tcPr>
+          <w:p w14:paraId="4E183AFB" w14:textId="6E85E99A" w:rsidR="00233D42" w:rsidRPr="0073495D" w:rsidRDefault="5945B2F7" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="18C8E05D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sept 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00564F41" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="5B0247E4" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00564F41" w14:paraId="5B0247E4" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00564F41" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="02EFC230" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="02EFC230" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00564F41" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Primary Governors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="007161A8" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="10E6A9B8" w14:paraId="5FCD5EC4" w14:textId="4C127F87">
+          </w:tcPr>
+          <w:p w14:paraId="5FCD5EC4" w14:textId="4C127F87" w:rsidR="00233D42" w:rsidRPr="007161A8" w:rsidRDefault="10E6A9B8" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="17EDFF91">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F038F1" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="6B0264C6" w14:textId="41CFAB53">
+          </w:tcPr>
+          <w:p w14:paraId="6B0264C6" w14:textId="41CFAB53" w:rsidR="00233D42" w:rsidRPr="00F038F1" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="456688FC">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ruth Williamson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F038F1" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="3C6B7CCC" w14:textId="4C6B9241">
+          </w:tcPr>
+          <w:p w14:paraId="3C6B7CCC" w14:textId="4C6B9241" w:rsidR="00233D42" w:rsidRPr="00F038F1" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="456688FC">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grangehurst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FC86A6" w14:textId="308769B4" w:rsidR="00233D42" w:rsidRPr="00F038F1" w:rsidRDefault="683C7E13" w:rsidP="7F59147C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="7F59147C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mar 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="08E1CC2A" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="08E1CC2A" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="72A3D3EC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="0D0B940D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0D0B940D" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="5D335EAF" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5D335EAF" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="0073495D" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="48732D3A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>John Teago</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="74AD8AC5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="74AD8AC5" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="0073495D" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="48732D3A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cannon Park</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="01DCC5E0" w14:textId="272E8D26">
+          </w:tcPr>
+          <w:p w14:paraId="01DCC5E0" w14:textId="272E8D26" w:rsidR="00233D42" w:rsidRPr="0073495D" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="00233D42">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oct 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="07C8E366">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidR="07C8E366" w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="2E811B8B" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="2E811B8B" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="4C3A52A8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4C3A52A8" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Academies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4737E36C" w14:textId="7655C796" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="6A665F1D" w:rsidP="3E81FB41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3E81FB41">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="3E81FB41" w:rsidR="32955D5C">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidR="32955D5C" w:rsidRPr="3E81FB41">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="6C28F457" w:rsidRDefault="51033F80" w14:paraId="1F90A99C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1F90A99C" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="51033F80" w:rsidP="6C28F457">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C28F457">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sarah Malam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="6C28F457" w:rsidRDefault="51033F80" w14:paraId="752D92DD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="752D92DD" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="51033F80" w:rsidP="6C28F457">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C28F457">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Courthouse Green</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00B11DEA" w:rsidR="00233D42" w:rsidP="6C28F457" w:rsidRDefault="51033F80" w14:paraId="5C1DBEE7" w14:textId="4985D9A7">
+          </w:tcPr>
+          <w:p w14:paraId="5C1DBEE7" w14:textId="4985D9A7" w:rsidR="00233D42" w:rsidRPr="00B11DEA" w:rsidRDefault="51033F80" w:rsidP="6C28F457">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6C28F457">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sept 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="6C28F457" w:rsidR="38FA51DA">
+            <w:r w:rsidR="38FA51DA" w:rsidRPr="6C28F457">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="075643DF" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="075643DF" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="44EAFD9C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="4B94D5A5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C021156" w14:textId="77777777" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Helen Quinn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="0D86C8D5" w14:textId="77777777" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Romero MAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F87E90F" w14:textId="373D60BB" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Apr 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="02C07EB3" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="02C07EB3" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="3DEEC669" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="3656B9AB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFE065C" w14:textId="47D49623" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Marina Kelly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="73EE705A" w14:textId="65E2D5A6" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Holy Cross MAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="3A2BF488" w14:textId="258E36B7" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jan 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="3532CAAF" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="3532CAAF" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="45FB0818" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="049F31CB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="31331699" w14:textId="1E959D03" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Julieanne Morton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="743193AA" w14:textId="2F9D4A65" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Futures Trust</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="59F33871" w14:textId="39A4A782" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mar 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidTr="20D1C0D6" w14:paraId="736BA438" w14:textId="77777777">
+      <w:tr w:rsidR="00233D42" w:rsidRPr="00F11532" w14:paraId="736BA438" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="53128261" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00233D42" w:rsidP="00233D42" w:rsidRDefault="00233D42" w14:paraId="62486C05" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="62486C05" w14:textId="77777777" w:rsidR="00233D42" w:rsidRPr="00F11532" w:rsidRDefault="00233D42" w:rsidP="00233D42">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A40A3F9" w14:textId="1F2222FA" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Leah Baddeley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="488B45B7" w14:textId="7BA48EEF" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Diocese of Coventry MAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="69037B69" w14:textId="730C56EA" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mar 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidTr="20D1C0D6" w14:paraId="47A951B6" w14:textId="77777777">
+      <w:tr w:rsidR="009C3FB3" w:rsidRPr="00F11532" w14:paraId="47A951B6" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="4101652C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="4B99056E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE32B56" w14:textId="3B6F4505" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sarah Kenrick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="58254A4B" w14:textId="36B7ADF4" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Caludon Castle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B93D87" w14:textId="3F993B03" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mar 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidTr="20D1C0D6" w14:paraId="7EA591EC" w14:textId="77777777">
+      <w:tr w:rsidR="009C3FB3" w:rsidRPr="00F11532" w14:paraId="7EA591EC" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="3461D779" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="3CF2D8B6" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="06352FC4" w14:textId="7479C5F7" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Louise Stewart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="13854AF6" w14:textId="7EAC99CD" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Charter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="27B4E30E" w14:textId="3E953E17" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>July 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidTr="20D1C0D6" w14:paraId="160556D9" w14:textId="77777777">
+      <w:tr w:rsidR="009C3FB3" w:rsidRPr="00F11532" w14:paraId="160556D9" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="0FB78278" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="1FC39945" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="015F1CA6" w14:textId="69E1FC80" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Glenn Mellor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="33A01B2C" w14:textId="25ACFB48" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Coventry AP Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="07A84BAD" w14:textId="7D81ABCF" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sept 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3FB3" w:rsidTr="20D1C0D6" w14:paraId="2BD1DA71" w14:textId="77777777">
+      <w:tr w:rsidR="009C3FB3" w14:paraId="2BD1DA71" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="1EA207EF" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA207EF" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="22D9C460" w14:textId="77777777"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D9C460" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C43C875" w14:textId="5023E0DD" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lisa Henden</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="23596E81" w14:textId="0AE6085A" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Blue Coat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="61854A02" w14:textId="07BAF67F" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oct 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidTr="20D1C0D6" w14:paraId="6F88D01A" w14:textId="77777777">
+      <w:tr w:rsidR="009C3FB3" w:rsidRPr="00F11532" w14:paraId="6F88D01A" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="0562CB0E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="009C3FB3" w:rsidP="009C3FB3" w:rsidRDefault="009C3FB3" w14:paraId="34CE0A41" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="009C3FB3" w:rsidRPr="00F11532" w:rsidRDefault="009C3FB3" w:rsidP="009C3FB3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7699147B" w14:textId="1A8D234E" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>David Kershaw</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="4F2CE761" w14:textId="5BB2FBA1" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Meadow Park</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="3DAFD646" w14:textId="35C71D50" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oct 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="35CAA9DB" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="35CAA9DB" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="21C72D92" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="21C72D92" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="712BF89A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="712BF89A" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="278D2AB6" w14:textId="61C87270" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adele Wallis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="3C8E4643" w14:textId="5C2EF324" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WMG Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="20D1C0D6" w:rsidR="20D1C0D6">
+          </w:tcPr>
+          <w:p w14:paraId="5D87FEFE" w14:textId="25813AC8" w:rsidR="20D1C0D6" w:rsidRDefault="20D1C0D6" w:rsidP="20D1C0D6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="20D1C0D6">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nov 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="770C6C38" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="770C6C38" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="62EBF3C5" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="62EBF3C5" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="6D98A12B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6D98A12B" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...24 lines deleted...]
-              <w:t>Vacancy</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3755A937" w14:textId="0152D791" w:rsidR="001754CE" w:rsidRDefault="1B5261D4" w:rsidP="3BA2338C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3BA2338C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ghulam Vohra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="2946DB82" w14:textId="05D5CE62" w:rsidR="001754CE" w:rsidRDefault="1B5261D4" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3BA2338C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lyng Hall / Eden Girls School</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="5997CC1D" w14:textId="3B372E49" w:rsidR="001754CE" w:rsidRDefault="1B5261D4" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3BA2338C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jan 29</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="6E3F7AF7" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="6E3F7AF7" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="000869FC" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="1814D04A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1814D04A" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="000869FC" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000869FC">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Special Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F76775" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="649841BE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="649841BE" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F76775" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F76775">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="76EE7D9D" w:rsidR="0D80D4CD">
+          </w:tcPr>
+          <w:p w14:paraId="13EBA5A5" w14:textId="5CAFE15B" w:rsidR="001754CE" w:rsidRDefault="0D80D4CD" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Amjid Zaman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="76EE7D9D" w:rsidR="0D80D4CD">
+          </w:tcPr>
+          <w:p w14:paraId="01BA9C58" w14:textId="1854D2FB" w:rsidR="001754CE" w:rsidRDefault="0D80D4CD" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kingsbury Academy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="76EE7D9D" w:rsidR="0D80D4CD">
+          </w:tcPr>
+          <w:p w14:paraId="23557E2F" w14:textId="79D07783" w:rsidR="001754CE" w:rsidRPr="00D35E31" w:rsidRDefault="0D80D4CD" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jun 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="5E8218E1" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="5E8218E1" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-              <w:t>Headteachers</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3268AA3A" w14:textId="1728BA9D" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Special Headteachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F999B5" w14:textId="726574C9" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="3052DAE3" w:rsidP="3E81FB41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F5B749" w14:textId="0097C389" w:rsidR="001754CE" w:rsidRPr="00D35E31" w:rsidRDefault="3052DAE3" w:rsidP="3E81FB41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rebekah Hayes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="76EE7D9D" w:rsidR="3052DAE3">
+          </w:tcPr>
+          <w:p w14:paraId="61EB2EA1" w14:textId="612A6BCF" w:rsidR="001754CE" w:rsidRPr="00D35E31" w:rsidRDefault="3052DAE3" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Castle Wood</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00D35E31" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="39B1C24D" w14:textId="628AA126">
+          </w:tcPr>
+          <w:p w14:paraId="39B1C24D" w14:textId="628AA126" w:rsidR="001754CE" w:rsidRPr="00D35E31" w:rsidRDefault="3052DAE3" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="76EE7D9D" w:rsidR="3052DAE3">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="76EE7D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jun 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="22A11192" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="22A11192" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="76EE7D9D" w:rsidR="3052DAE3">
+          </w:tcPr>
+          <w:p w14:paraId="3950E773" w14:textId="18EC2061" w:rsidR="3052DAE3" w:rsidRDefault="3052DAE3" w:rsidP="76EE7D9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Special School Governors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="120A7439" w14:textId="1DB2DCF2" w:rsidR="3052DAE3" w:rsidRDefault="3052DAE3" w:rsidP="76EE7D9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E937329" w14:textId="615211A6" w:rsidR="001754CE" w:rsidRPr="009057ED" w:rsidRDefault="5BB18934" w:rsidP="3E81FB41">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3E81FB41">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Michael Berry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="5BB18934">
+          </w:tcPr>
+          <w:p w14:paraId="344E656A" w14:textId="07EBECB8" w:rsidR="001754CE" w:rsidRPr="00D35E31" w:rsidRDefault="5BB18934" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7FBD6C8C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sherbourne Fields</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="5BB18934">
+          </w:tcPr>
+          <w:p w14:paraId="62FBDBCC" w14:textId="4B2E9FB5" w:rsidR="001754CE" w:rsidRPr="00D35E31" w:rsidRDefault="5BB18934" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7FBD6C8C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oct 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="5DB791AE" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="5DB791AE" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="69898461" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="69898461" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nursery School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="56B20A0C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="56B20A0C" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="3BC8D1A7" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3BC8D1A7" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="0073495D" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="001754CE">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="7FBD6C8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fiona Brinson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="558C9DFE" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="558C9DFE" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="0073495D" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="001754CE">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="7FBD6C8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hillfields Children’s Centre and Nursery School</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="0073495D" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="1B0F84CC" w14:textId="6A08D59F">
+          </w:tcPr>
+          <w:p w14:paraId="1B0F84CC" w14:textId="6A08D59F" w:rsidR="001754CE" w:rsidRPr="0073495D" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="589FC440" w:rsidR="001754CE">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidRPr="589FC440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sept 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="589FC440" w:rsidR="75F2616D">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+            <w:r w:rsidR="75F2616D" w:rsidRPr="589FC440">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidTr="20D1C0D6" w14:paraId="04C5BB49" w14:textId="77777777">
+      <w:tr w:rsidR="001754CE" w:rsidRPr="00F11532" w14:paraId="04C5BB49" w14:textId="77777777" w:rsidTr="3BA2338C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="2942EC94" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2942EC94" w14:textId="77777777" w:rsidR="001754CE" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PRU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="001754CE" w:rsidP="001754CE" w:rsidRDefault="001754CE" w14:paraId="249FAAB8" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="249FAAB8" w14:textId="77777777" w:rsidR="001754CE" w:rsidRPr="00F11532" w:rsidRDefault="001754CE" w:rsidP="001754CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:color w:val="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3557A0CC" w14:textId="17BB9BDD" w:rsidR="001754CE" w:rsidRPr="00E63B57" w:rsidRDefault="3343BB37" w:rsidP="7FBD6C8C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7FBD6C8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sharon Cutler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3287" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="3343BB37">
+          </w:tcPr>
+          <w:p w14:paraId="19F51D0F" w14:textId="117C6B44" w:rsidR="001754CE" w:rsidRDefault="3343BB37" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="7FBD6C8C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>InspirED</w:t>
             </w:r>
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="3343BB37">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="7FBD6C8C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pathways</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1065" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="3343BB37">
+          </w:tcPr>
+          <w:p w14:paraId="73402084" w14:textId="37ABDDD8" w:rsidR="001754CE" w:rsidRDefault="3343BB37" w:rsidP="001754CE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7FBD6C8C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oct 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0073495D" w:rsidP="003D5AD0" w:rsidRDefault="0073495D" w14:paraId="3FE9F23F" w14:textId="77777777">
+    <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="0073495D" w:rsidRDefault="0073495D" w:rsidP="003D5AD0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF152A" w:rsidP="003D5AD0" w:rsidRDefault="00EF152A" w14:paraId="74AD1DEF" w14:textId="77777777">
+    <w:p w14:paraId="74AD1DEF" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRDefault="00EF152A" w:rsidP="003D5AD0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NON-SCHOOLS GROUP</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9950" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2908"/>
         <w:gridCol w:w="7042"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidTr="76EE7D9D" w14:paraId="71B8FF25" w14:textId="77777777">
+      <w:tr w:rsidR="00EF152A" w:rsidRPr="00F11532" w14:paraId="71B8FF25" w14:textId="77777777" w:rsidTr="76EE7D9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00EF152A" w14:paraId="3E051582" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3E051582" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="00F11532" w:rsidRDefault="00EF152A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00EF152A" w14:paraId="2D55F0C0" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2D55F0C0" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="00F11532" w:rsidRDefault="00EF152A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>GROUP REPRESENTED</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidTr="76EE7D9D" w14:paraId="105E3C19" w14:textId="77777777">
+      <w:tr w:rsidR="00EF152A" w:rsidRPr="00F11532" w14:paraId="105E3C19" w14:textId="77777777" w:rsidTr="76EE7D9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00AE75C2" w:rsidR="00EF152A" w:rsidP="6CC4FE62" w:rsidRDefault="6252F45B" w14:paraId="6E209630" w14:textId="2901ED7D">
+          </w:tcPr>
+          <w:p w14:paraId="6E209630" w14:textId="2901ED7D" w:rsidR="00EF152A" w:rsidRPr="00AE75C2" w:rsidRDefault="6252F45B" w:rsidP="6CC4FE62">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6CC4FE62">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sinead Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00EF152A" w14:paraId="5DAE020D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5DAE020D" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="00F11532" w:rsidRDefault="00EF152A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Diocesan Education Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidTr="76EE7D9D" w14:paraId="0DE7CBBA" w14:textId="77777777">
+      <w:tr w:rsidR="00EF152A" w:rsidRPr="00F11532" w14:paraId="0DE7CBBA" w14:textId="77777777" w:rsidTr="76EE7D9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00EF152A" w14:paraId="08F0BF3D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="08F0BF3D" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="00F11532" w:rsidRDefault="00EF152A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sybil </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F11532" w:rsidR="00235FEB">
+            <w:r w:rsidR="00235FEB" w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>anson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00EF152A" w14:paraId="41DC0FD9" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="41DC0FD9" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="00F11532" w:rsidRDefault="00EF152A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Diocesan Board of Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidTr="76EE7D9D" w14:paraId="690561E9" w14:textId="77777777">
+      <w:tr w:rsidR="00EF152A" w:rsidRPr="00F11532" w14:paraId="690561E9" w14:textId="77777777" w:rsidTr="76EE7D9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="007D210D" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00FD3EB3" w14:paraId="540EE19F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="540EE19F" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="007D210D" w:rsidRDefault="00FD3EB3" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D210D">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nicky Downes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00235FEB" w14:paraId="03329ACD" w14:textId="1DAA503E">
+          </w:tcPr>
+          <w:p w14:paraId="03329ACD" w14:textId="1DAA503E" w:rsidR="00EF152A" w:rsidRPr="00F11532" w:rsidRDefault="00235FEB" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6CC4FE62">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trade Union Strategic Group</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00CB010C" w:rsidR="00CB010C" w:rsidTr="76EE7D9D" w14:paraId="18762364" w14:textId="77777777">
+      <w:tr w:rsidR="00CB010C" w:rsidRPr="00CB010C" w14:paraId="18762364" w14:textId="77777777" w:rsidTr="76EE7D9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="004C3D5B" w:rsidR="00EF152A" w:rsidP="236B19EC" w:rsidRDefault="5EA94C94" w14:paraId="3919B1BC" w14:textId="25924FBE">
+          </w:tcPr>
+          <w:p w14:paraId="3919B1BC" w14:textId="25924FBE" w:rsidR="00EF152A" w:rsidRPr="004C3D5B" w:rsidRDefault="5EA94C94" w:rsidP="236B19EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="236B19EC">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rosemary Malcolm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00CB010C" w:rsidR="00EF152A" w:rsidP="00F11532" w:rsidRDefault="00235FEB" w14:paraId="56FCB6EC" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="56FCB6EC" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRPr="00CB010C" w:rsidRDefault="00235FEB" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB010C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Early Years/Nursery PVI Providers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="004D0D58" w:rsidR="00AF6BFC" w:rsidTr="76EE7D9D" w14:paraId="552466FF" w14:textId="77777777">
+      <w:tr w:rsidR="00AF6BFC" w:rsidRPr="004D0D58" w14:paraId="552466FF" w14:textId="77777777" w:rsidTr="76EE7D9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2908" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C037DFD" w14:textId="03433C93" w:rsidR="00AF6BFC" w:rsidRPr="009057ED" w:rsidRDefault="2DC77456" w:rsidP="76EE7D9D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="76EE7D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Miranda Coles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7042" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="004D0D58" w:rsidR="00AF6BFC" w:rsidP="00AF6BFC" w:rsidRDefault="1DF7075E" w14:paraId="7FF99D0E" w14:textId="5CFDC709">
+          </w:tcPr>
+          <w:p w14:paraId="7FF99D0E" w14:textId="5CFDC709" w:rsidR="00AF6BFC" w:rsidRPr="004D0D58" w:rsidRDefault="1DF7075E" w:rsidP="00AF6BFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="48E44E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Institution (other than a school or academy) providing </w:t>
             </w:r>
-            <w:r w:rsidRPr="48E44E9C" w:rsidR="6249FB88">
+            <w:r w:rsidR="6249FB88" w:rsidRPr="48E44E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16-19 education</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF152A" w:rsidP="00981421" w:rsidRDefault="00EF152A" w14:paraId="52E56223" w14:textId="77777777">
+    <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRDefault="00EF152A" w:rsidP="00981421">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF152A" w:rsidP="003D5AD0" w:rsidRDefault="004A607A" w14:paraId="1E5EBC91" w14:textId="77777777">
+    <w:p w14:paraId="1E5EBC91" w14:textId="77777777" w:rsidR="00EF152A" w:rsidRDefault="004A607A" w:rsidP="003D5AD0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>OBSERVERS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10064" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="004A607A" w:rsidTr="005B7998" w14:paraId="57B18C90" w14:textId="77777777">
+      <w:tr w:rsidR="004A607A" w:rsidRPr="00F11532" w14:paraId="57B18C90" w14:textId="77777777" w:rsidTr="005B7998">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="004A607A" w:rsidP="00F11532" w:rsidRDefault="004A607A" w14:paraId="7A4D26B3" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7A4D26B3" w14:textId="77777777" w:rsidR="004A607A" w:rsidRPr="00F11532" w:rsidRDefault="004A607A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="004A607A" w:rsidP="00F11532" w:rsidRDefault="00056052" w14:paraId="42D89F46" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="42D89F46" w14:textId="77777777" w:rsidR="004A607A" w:rsidRPr="00F11532" w:rsidRDefault="00056052" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TITLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="004A607A" w:rsidTr="005B7998" w14:paraId="386550F3" w14:textId="77777777">
+      <w:tr w:rsidR="004A607A" w:rsidRPr="00F11532" w14:paraId="386550F3" w14:textId="77777777" w:rsidTr="005B7998">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="004A607A" w:rsidP="005B7998" w:rsidRDefault="004A607A" w14:paraId="08CB7C13" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="08CB7C13" w14:textId="77777777" w:rsidR="004A607A" w:rsidRPr="00F11532" w:rsidRDefault="004A607A" w:rsidP="005B7998">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Councillor </w:t>
             </w:r>
             <w:r w:rsidR="00636B58">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kindy Sandhu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="004A607A" w:rsidP="00F11532" w:rsidRDefault="004A607A" w14:paraId="6F00DD49" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6F00DD49" w14:textId="77777777" w:rsidR="004A607A" w:rsidRPr="00F11532" w:rsidRDefault="004A607A" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cabinet Member Education</w:t>
             </w:r>
             <w:r w:rsidR="005B7998">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Skills</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A607A" w:rsidP="00981421" w:rsidRDefault="004A607A" w14:paraId="07547A01" w14:textId="77777777">
+    <w:p w14:paraId="07547A01" w14:textId="77777777" w:rsidR="004A607A" w:rsidRDefault="004A607A" w:rsidP="00981421">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A607A" w:rsidP="003D5AD0" w:rsidRDefault="00056052" w14:paraId="3B69071B" w14:textId="77777777">
+    <w:p w14:paraId="3B69071B" w14:textId="77777777" w:rsidR="004A607A" w:rsidRDefault="00056052" w:rsidP="003D5AD0">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00056052">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SUPPORTING OFFICERS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10064" w:type="dxa"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidTr="7FBD6C8C" w14:paraId="1541A667" w14:textId="77777777">
+      <w:tr w:rsidR="00056052" w:rsidRPr="00F11532" w14:paraId="1541A667" w14:textId="77777777" w:rsidTr="7FBD6C8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidP="00F11532" w:rsidRDefault="00056052" w14:paraId="27A4E3CB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="27A4E3CB" w14:textId="77777777" w:rsidR="00056052" w:rsidRPr="00F11532" w:rsidRDefault="00056052" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidP="00F11532" w:rsidRDefault="00056052" w14:paraId="7A098826" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7A098826" w14:textId="77777777" w:rsidR="00056052" w:rsidRPr="00F11532" w:rsidRDefault="00056052" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TITLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidTr="7FBD6C8C" w14:paraId="7FDC2889" w14:textId="77777777">
+      <w:tr w:rsidR="00056052" w:rsidRPr="00F11532" w14:paraId="7FDC2889" w14:textId="77777777" w:rsidTr="7FBD6C8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidP="00F11532" w:rsidRDefault="00971A82" w14:paraId="1415601E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1415601E" w14:textId="77777777" w:rsidR="00056052" w:rsidRPr="00F11532" w:rsidRDefault="00971A82" w:rsidP="00F11532">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rachael Sugars</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="7FBD6C8C" w:rsidR="5D7F2D9F">
+          </w:tcPr>
+          <w:p w14:paraId="54D25E82" w14:textId="545CA3E1" w:rsidR="00056052" w:rsidRPr="00F11532" w:rsidRDefault="5D7F2D9F" w:rsidP="3E47BC8A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7FBD6C8C">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Strategic Lead Education &amp; SEND</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidTr="7FBD6C8C" w14:paraId="306DC7D3" w14:textId="77777777">
+      <w:tr w:rsidR="00056052" w:rsidRPr="00F11532" w14:paraId="306DC7D3" w14:textId="77777777" w:rsidTr="7FBD6C8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00056052" w:rsidP="143B4F8A" w:rsidRDefault="15834666" w14:paraId="6CBC57C0" w14:textId="270F7AC8">
+          </w:tcPr>
+          <w:p w14:paraId="6CBC57C0" w14:textId="270F7AC8" w:rsidR="00056052" w:rsidRPr="00F11532" w:rsidRDefault="15834666" w:rsidP="143B4F8A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="143B4F8A">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sarah Kinsell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00981421" w:rsidR="00056052" w:rsidP="00AF6BFC" w:rsidRDefault="0001692B" w14:paraId="19EBC314" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="19EBC314" w14:textId="77777777" w:rsidR="00056052" w:rsidRPr="00981421" w:rsidRDefault="0001692B" w:rsidP="00AF6BFC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>inance Manager</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00636B58" w:rsidTr="7FBD6C8C" w14:paraId="7BAFA694" w14:textId="77777777">
+      <w:tr w:rsidR="00636B58" w:rsidRPr="00F11532" w14:paraId="7BAFA694" w14:textId="77777777" w:rsidTr="7FBD6C8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00636B58" w:rsidP="00636B58" w:rsidRDefault="00636B58" w14:paraId="4032258B" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="4032258B" w14:textId="77777777" w:rsidR="00636B58" w:rsidRDefault="00636B58" w:rsidP="00636B58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Paul Hammond</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00636B58" w:rsidP="00636B58" w:rsidRDefault="00636B58" w14:paraId="555989BA" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="555989BA" w14:textId="77777777" w:rsidR="00636B58" w:rsidRDefault="00636B58" w:rsidP="00636B58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00981421">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Lead Accountant, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Business Partner, </w:t>
             </w:r>
             <w:r w:rsidRPr="00981421">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Schools Finance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F11532" w:rsidR="00971A82" w:rsidTr="7FBD6C8C" w14:paraId="47C07246" w14:textId="77777777">
+      <w:tr w:rsidR="00971A82" w:rsidRPr="00F11532" w14:paraId="47C07246" w14:textId="77777777" w:rsidTr="7FBD6C8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00971A82" w:rsidP="006704FF" w:rsidRDefault="00107A75" w14:paraId="79D28788" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="79D28788" w14:textId="77777777" w:rsidR="00971A82" w:rsidRPr="00F11532" w:rsidRDefault="00107A75" w:rsidP="006704FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lucy Lambert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00F11532" w:rsidR="00971A82" w:rsidP="006704FF" w:rsidRDefault="00971A82" w14:paraId="76414385" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="76414385" w14:textId="77777777" w:rsidR="00971A82" w:rsidRPr="00F11532" w:rsidRDefault="00971A82" w:rsidP="006704FF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F11532">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clerk</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00056052" w:rsidR="00056052" w:rsidP="007161A8" w:rsidRDefault="00056052" w14:paraId="5043CB0F" w14:textId="77777777">
+    <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="00056052" w:rsidRPr="00056052" w:rsidRDefault="00056052" w:rsidP="007161A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidRPr="00056052" w:rsidR="00056052" w:rsidSect="007268AA">
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+    <w:sectPr w:rsidR="00056052" w:rsidRPr="00056052" w:rsidSect="007268AA">
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="567" w:bottom="284" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007268AA"/>
     <w:rsid w:val="000044E0"/>
     <w:rsid w:val="0001692B"/>
     <w:rsid w:val="000238E0"/>
     <w:rsid w:val="0003682A"/>
     <w:rsid w:val="00046793"/>
     <w:rsid w:val="000516D5"/>
     <w:rsid w:val="00056052"/>
     <w:rsid w:val="000869FC"/>
     <w:rsid w:val="000B3959"/>
     <w:rsid w:val="000B6C36"/>
     <w:rsid w:val="000D1D42"/>
@@ -4179,59 +3837,61 @@
     <w:rsid w:val="00192902"/>
     <w:rsid w:val="001B2B6C"/>
     <w:rsid w:val="001B64F7"/>
     <w:rsid w:val="001B66B2"/>
     <w:rsid w:val="001C74DF"/>
     <w:rsid w:val="001E7C52"/>
     <w:rsid w:val="002127EE"/>
     <w:rsid w:val="00215EF8"/>
     <w:rsid w:val="002200BF"/>
     <w:rsid w:val="00233D42"/>
     <w:rsid w:val="00235C77"/>
     <w:rsid w:val="00235FEB"/>
     <w:rsid w:val="00254037"/>
     <w:rsid w:val="002609FD"/>
     <w:rsid w:val="00262CEB"/>
     <w:rsid w:val="00265734"/>
     <w:rsid w:val="00274003"/>
     <w:rsid w:val="002747CB"/>
     <w:rsid w:val="0028299C"/>
     <w:rsid w:val="002A077D"/>
     <w:rsid w:val="002E0FDB"/>
     <w:rsid w:val="002E258B"/>
     <w:rsid w:val="002F4979"/>
     <w:rsid w:val="00304CB1"/>
     <w:rsid w:val="00317154"/>
+    <w:rsid w:val="00331D57"/>
     <w:rsid w:val="003459E3"/>
     <w:rsid w:val="00384D3A"/>
     <w:rsid w:val="003926D7"/>
     <w:rsid w:val="003943BD"/>
     <w:rsid w:val="003B6D67"/>
     <w:rsid w:val="003D5AD0"/>
     <w:rsid w:val="003F4DE5"/>
     <w:rsid w:val="003F70A7"/>
     <w:rsid w:val="00417E6A"/>
+    <w:rsid w:val="00420D33"/>
     <w:rsid w:val="0042136C"/>
     <w:rsid w:val="00426381"/>
     <w:rsid w:val="00431E14"/>
     <w:rsid w:val="00436110"/>
     <w:rsid w:val="0045012D"/>
     <w:rsid w:val="00484189"/>
     <w:rsid w:val="00492613"/>
     <w:rsid w:val="004A607A"/>
     <w:rsid w:val="004C3D5B"/>
     <w:rsid w:val="004C72E4"/>
     <w:rsid w:val="004D0D58"/>
     <w:rsid w:val="004D7270"/>
     <w:rsid w:val="004F2553"/>
     <w:rsid w:val="0050140B"/>
     <w:rsid w:val="0051A49F"/>
     <w:rsid w:val="00522A29"/>
     <w:rsid w:val="00524B32"/>
     <w:rsid w:val="00527079"/>
     <w:rsid w:val="005348D3"/>
     <w:rsid w:val="005458CD"/>
     <w:rsid w:val="00550666"/>
     <w:rsid w:val="00555E49"/>
     <w:rsid w:val="00564F41"/>
     <w:rsid w:val="005B66AA"/>
     <w:rsid w:val="005B7998"/>
@@ -4384,118 +4044,124 @@
     <w:rsid w:val="0CD9DD3B"/>
     <w:rsid w:val="0D45CEE0"/>
     <w:rsid w:val="0D80D4CD"/>
     <w:rsid w:val="0E0C9C93"/>
     <w:rsid w:val="0E6BFADC"/>
     <w:rsid w:val="0EB6140B"/>
     <w:rsid w:val="0EE4A2F5"/>
     <w:rsid w:val="0F11C452"/>
     <w:rsid w:val="10A61238"/>
     <w:rsid w:val="10E6A9B8"/>
     <w:rsid w:val="11266F55"/>
     <w:rsid w:val="13CFE134"/>
     <w:rsid w:val="143B4F8A"/>
     <w:rsid w:val="15834666"/>
     <w:rsid w:val="15CEFF53"/>
     <w:rsid w:val="169E7CD4"/>
     <w:rsid w:val="16F5B8EB"/>
     <w:rsid w:val="178D05B9"/>
     <w:rsid w:val="17C4D675"/>
     <w:rsid w:val="17EDFF91"/>
     <w:rsid w:val="187CF590"/>
     <w:rsid w:val="18C671CD"/>
     <w:rsid w:val="18C8E05D"/>
     <w:rsid w:val="1A23D1D1"/>
     <w:rsid w:val="1B2984DC"/>
+    <w:rsid w:val="1B5261D4"/>
     <w:rsid w:val="1BFA555F"/>
     <w:rsid w:val="1C4D4868"/>
     <w:rsid w:val="1CA712CF"/>
     <w:rsid w:val="1CBE76A3"/>
     <w:rsid w:val="1D31E6D1"/>
     <w:rsid w:val="1D460D43"/>
     <w:rsid w:val="1D48469D"/>
     <w:rsid w:val="1DF7075E"/>
     <w:rsid w:val="1E8A0C2C"/>
     <w:rsid w:val="1F112092"/>
     <w:rsid w:val="20D1C0D6"/>
     <w:rsid w:val="2119704E"/>
     <w:rsid w:val="224C3C87"/>
     <w:rsid w:val="227789D0"/>
     <w:rsid w:val="236B19EC"/>
     <w:rsid w:val="23AA8A65"/>
     <w:rsid w:val="23E5A4C5"/>
     <w:rsid w:val="245F215C"/>
     <w:rsid w:val="2527E478"/>
     <w:rsid w:val="2537C4B6"/>
     <w:rsid w:val="2578DF16"/>
     <w:rsid w:val="26259E95"/>
+    <w:rsid w:val="26A39451"/>
     <w:rsid w:val="26C466B2"/>
     <w:rsid w:val="2768BE16"/>
     <w:rsid w:val="28603713"/>
     <w:rsid w:val="2883BE02"/>
     <w:rsid w:val="2990D46F"/>
     <w:rsid w:val="29D4400A"/>
     <w:rsid w:val="2A08A389"/>
+    <w:rsid w:val="2BBDED6B"/>
     <w:rsid w:val="2C15292B"/>
     <w:rsid w:val="2C1AB5E8"/>
     <w:rsid w:val="2C85F833"/>
     <w:rsid w:val="2D4A77AE"/>
     <w:rsid w:val="2DC77456"/>
     <w:rsid w:val="2E023E9B"/>
     <w:rsid w:val="2F9E9DE8"/>
     <w:rsid w:val="3052DAE3"/>
     <w:rsid w:val="308A51C1"/>
     <w:rsid w:val="30E777E4"/>
     <w:rsid w:val="3160C9AE"/>
     <w:rsid w:val="31CBB5B5"/>
     <w:rsid w:val="32426FD1"/>
     <w:rsid w:val="32834845"/>
     <w:rsid w:val="32955D5C"/>
     <w:rsid w:val="3343BB37"/>
     <w:rsid w:val="340A1EB2"/>
     <w:rsid w:val="341518FC"/>
     <w:rsid w:val="366B8828"/>
     <w:rsid w:val="3682A106"/>
     <w:rsid w:val="38015E16"/>
     <w:rsid w:val="38382F6F"/>
     <w:rsid w:val="38C9C27F"/>
     <w:rsid w:val="38FA51DA"/>
     <w:rsid w:val="3929D1DD"/>
+    <w:rsid w:val="3BA2338C"/>
     <w:rsid w:val="3BE7BE75"/>
     <w:rsid w:val="3D62124D"/>
     <w:rsid w:val="3D8154EF"/>
     <w:rsid w:val="3DF51DF5"/>
     <w:rsid w:val="3E47BC8A"/>
     <w:rsid w:val="3E81FB41"/>
+    <w:rsid w:val="3EF1AE55"/>
     <w:rsid w:val="3F013240"/>
     <w:rsid w:val="3FA91162"/>
     <w:rsid w:val="4144E1C3"/>
     <w:rsid w:val="416D0A10"/>
     <w:rsid w:val="41966577"/>
     <w:rsid w:val="41DD355D"/>
     <w:rsid w:val="4213999F"/>
     <w:rsid w:val="43D3A4C0"/>
+    <w:rsid w:val="44130DCA"/>
     <w:rsid w:val="448FE082"/>
     <w:rsid w:val="450BC2E0"/>
     <w:rsid w:val="456688FC"/>
     <w:rsid w:val="48732D3A"/>
     <w:rsid w:val="48E44E9C"/>
     <w:rsid w:val="49B1D50B"/>
     <w:rsid w:val="49DB9E67"/>
     <w:rsid w:val="4AC9636D"/>
     <w:rsid w:val="4BB87440"/>
     <w:rsid w:val="4BEC2C28"/>
     <w:rsid w:val="4DF11668"/>
     <w:rsid w:val="50375DDF"/>
     <w:rsid w:val="5056CCDF"/>
     <w:rsid w:val="5090FB44"/>
     <w:rsid w:val="50B2F81F"/>
     <w:rsid w:val="51033F80"/>
     <w:rsid w:val="51C4B984"/>
     <w:rsid w:val="52189659"/>
     <w:rsid w:val="55597263"/>
     <w:rsid w:val="55737A38"/>
     <w:rsid w:val="56591652"/>
     <w:rsid w:val="568A19F7"/>
     <w:rsid w:val="56C91DDB"/>
     <w:rsid w:val="57D10511"/>
     <w:rsid w:val="589FC440"/>
@@ -4506,189 +4172,191 @@
     <w:rsid w:val="59F2843C"/>
     <w:rsid w:val="5A1862F5"/>
     <w:rsid w:val="5AAAFEAA"/>
     <w:rsid w:val="5AE239D5"/>
     <w:rsid w:val="5BB18934"/>
     <w:rsid w:val="5C7C3CF7"/>
     <w:rsid w:val="5D7F2D9F"/>
     <w:rsid w:val="5DD4F6F5"/>
     <w:rsid w:val="5E28C34B"/>
     <w:rsid w:val="5EA94C94"/>
     <w:rsid w:val="5FB81922"/>
     <w:rsid w:val="6076D778"/>
     <w:rsid w:val="6249FB88"/>
     <w:rsid w:val="6252F45B"/>
     <w:rsid w:val="62E10FA0"/>
     <w:rsid w:val="63801C6E"/>
     <w:rsid w:val="64B701EC"/>
     <w:rsid w:val="657D4B3C"/>
     <w:rsid w:val="6616B930"/>
     <w:rsid w:val="662B37CF"/>
     <w:rsid w:val="6775FA12"/>
     <w:rsid w:val="6823B9F3"/>
     <w:rsid w:val="683C7E13"/>
     <w:rsid w:val="68449DFB"/>
     <w:rsid w:val="68F169CD"/>
+    <w:rsid w:val="699BA0BF"/>
     <w:rsid w:val="69C5EDF9"/>
     <w:rsid w:val="69D6C8A8"/>
     <w:rsid w:val="6A665F1D"/>
     <w:rsid w:val="6AA0AF93"/>
     <w:rsid w:val="6C05A0B7"/>
     <w:rsid w:val="6C28F457"/>
     <w:rsid w:val="6C2FBC8E"/>
     <w:rsid w:val="6C6B8B0D"/>
     <w:rsid w:val="6CC4FE62"/>
     <w:rsid w:val="6E184E3A"/>
     <w:rsid w:val="6E8936F1"/>
     <w:rsid w:val="6E935ADF"/>
     <w:rsid w:val="6F8C1E37"/>
     <w:rsid w:val="7044CF20"/>
     <w:rsid w:val="71111633"/>
     <w:rsid w:val="71A4C6E4"/>
+    <w:rsid w:val="727FE1B4"/>
     <w:rsid w:val="72865ABB"/>
     <w:rsid w:val="750C213D"/>
     <w:rsid w:val="75C145DB"/>
     <w:rsid w:val="75F2616D"/>
     <w:rsid w:val="7680D124"/>
     <w:rsid w:val="76EE7D9D"/>
     <w:rsid w:val="77B2A8DB"/>
     <w:rsid w:val="79C0A4F3"/>
     <w:rsid w:val="7B7778C3"/>
     <w:rsid w:val="7BCBC77C"/>
     <w:rsid w:val="7C0281AA"/>
     <w:rsid w:val="7D2473E6"/>
     <w:rsid w:val="7F1C40DE"/>
     <w:rsid w:val="7F59147C"/>
     <w:rsid w:val="7FBD6C8C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="189BD079"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C1016652-A036-4D30-862E-76753C6845A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4844,52 +4512,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4956,177 +4624,178 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002E258B"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007268AA"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D5AD0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D5AD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="20057165">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1972780769">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -5409,153 +5078,50 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps8.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...101 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Word Document" ma:contentTypeID="0x01010091769D3ADCDDBD418A5720563395FE870100E9EAACED1526FF428D7750FEF2677834" ma:contentTypeVersion="11" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="ad6b074cb7e112d1016db5f331406b8b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f030db69-1d5c-4c1f-887a-00e75fed0d5c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="660885bb34807abec18b180191601454" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f030db69-1d5c-4c1f-887a-00e75fed0d5c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:b0aae251cd5f4b7dbd6fa4992b52a58b" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:dc4525bf4a704db985c3696ff43c56c8" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns2:Expire_x0020_in" minOccurs="0"/>
                 <xsd:element ref="ns1:_dlc_ExpireDateSaved" minOccurs="0"/>
                 <xsd:element ref="ns1:_dlc_ExpireDate" minOccurs="0"/>
                 <xsd:element ref="ns2:Document_x0020_Expires_x0020_On" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -5710,184 +5276,294 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="6ed0261d-8e1d-4a30-b593-96d7f0c84e13" ContentTypeId="0x01010091769D3ADCDDBD418A5720563395FE8701" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<customXsn xmlns="http://schemas.microsoft.com/office/2006/metadata/customXsn">
+  <xsnLocation/>
+  <cached>True</cached>
+  <openByDefault>True</openByDefault>
+  <xsnScope/>
+</customXsn>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Document_x0020_Expires_x0020_On xmlns="f030db69-1d5c-4c1f-887a-00e75fed0d5c">2033-01-09T00:00:00+00:00</Document_x0020_Expires_x0020_On>
+    <b0aae251cd5f4b7dbd6fa4992b52a58b xmlns="f030db69-1d5c-4c1f-887a-00e75fed0d5c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Education Improvement and Standards (0-19 (25))</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">82dced10-7dfb-40ba-85c7-9cca09614d9e</TermId>
+        </TermInfo>
+      </Terms>
+    </b0aae251cd5f4b7dbd6fa4992b52a58b>
+    <Expire_x0020_in xmlns="f030db69-1d5c-4c1f-887a-00e75fed0d5c">7</Expire_x0020_in>
+    <TaxCatchAll xmlns="f030db69-1d5c-4c1f-887a-00e75fed0d5c">
+      <Value>1538</Value>
+    </TaxCatchAll>
+    <TaxKeywordTaxHTField xmlns="f030db69-1d5c-4c1f-887a-00e75fed0d5c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <_dlc_ExpireDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <dc4525bf4a704db985c3696ff43c56c8 xmlns="f030db69-1d5c-4c1f-887a-00e75fed0d5c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </dc4525bf4a704db985c3696ff43c56c8>
+    <_dlc_ExpireDateSaved xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Microsoft.Office.RecordsManagement.PolicyFeatures.ExpirationEventReceiver</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>101</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.Policy, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.RecordsManagement.Internal.UpdateExpireDate</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Microsoft.Office.RecordsManagement.PolicyFeatures.ExpirationEventReceiver</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>102</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.Policy, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.RecordsManagement.Internal.UpdateExpireDate</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Microsoft.Office.RecordsManagement.PolicyFeatures.ExpirationEventReceiver</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>103</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.Policy, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.RecordsManagement.Internal.UpdateExpireDate</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Microsoft.Office.RecordsManagement.PolicyFeatures.ExpirationEventReceiver</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>104</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.Policy, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.RecordsManagement.Internal.UpdateExpireDate</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Microsoft.Office.RecordsManagement.PolicyFeatures.ExpirationEventReceiver</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10009</Type>
+    <SequenceNumber>105</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.Policy, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.RecordsManagement.Internal.UpdateExpireDate</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
 <file path=customXml/item8.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="6ed0261d-8e1d-4a30-b593-96d7f0c84e13" ContentTypeId="0x01010091769D3ADCDDBD418A5720563395FE8701" PreviousValue="false"/>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3867B84-04F9-447C-B3F2-00473877361E}">
-[...33 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14DA47BA-C799-449A-AAD5-68B5E8972262}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="f030db69-1d5c-4c1f-887a-00e75fed0d5c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7AB489A-C391-49E8-9BC9-75A5AB8F38EA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6049A20-0EAE-4808-8D8D-BC371AF4EF9F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC563128-F689-4FFF-8BD0-810A4EA95ED7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/customXsn"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA443211-1B14-43AB-A301-C5EC020FF975}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7191501F-D615-41D0-8FD7-14942FAD0CAB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f030db69-1d5c-4c1f-887a-00e75fed0d5c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3867B84-04F9-447C-B3F2-00473877361E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps8.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38267F09-756B-4C62-81E6-D4C4293B19E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>260</Words>
+  <Characters>1398</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>156</Lines>
+  <Paragraphs>121</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Coventry City Council</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1537</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>School Forum membership 2013</dc:title>
   <dc:subject/>
   <dc:creator>Authorised User</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="TaxKeywordTaxHTField">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Set Document Expiry Date">
-    <vt:lpwstr>https://coventrycc.sharepoint.com/teams/People/EduLibAdLearning/EIS/EduEnt0-19-25/_layouts/15/wrkstat.aspx?List=ba005672-e6f4-4381-baec-247592ae97d4&amp;WorkflowInstanceName=22739231-4dcc-42d1-967d-110f2892cbf2, Set document expiry date</vt:lpwstr>
+    <vt:lpwstr>https://coventrycc.sharepoint.com/teams/People/EduLibAdLearning/EIS/EduEnt0-19-25/_layouts/15/wrkstat.aspx?List=ba005672-e6f4-4381-baec-247592ae97d4&amp;WorkflowInstanceName=74d61bad-8539-4193-81df-290c6a3e936c, Set document expiry date</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Document Expires On">
     <vt:lpwstr>2024-09-14T00:00:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_dlc_ExpireDate">
     <vt:lpwstr>2024-09-15T00:00:00Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Academic Year1">
     <vt:lpwstr>2019/2020</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Meeting/Document Type">
     <vt:lpwstr>Template</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Category">
     <vt:lpwstr>Schools Forum</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="dc4525bf4a704db985c3696ff43c56c8">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Expire in">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
     <vt:lpwstr>1538;#Education Entitlement (11-19 (25))|82dced10-7dfb-40ba-85c7-9cca09614d9e</vt:lpwstr>
   </property>