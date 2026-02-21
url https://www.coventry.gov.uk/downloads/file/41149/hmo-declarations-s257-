--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -909,96 +909,70 @@
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E97048" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
+    <w:p w14:paraId="1FE092BF" w14:textId="5EA964EB" w:rsidR="00FA1B0E" w:rsidRPr="00D94784" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>HMO Licence furniture declaration</w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="056A6D0D" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk149125566"/>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I declare that in relation to each self-contained flat that is not owner-occupied, and which is under the control of or being managed by the proposed licence holder, and in relation to the common parts of the HMO, the furniture in the HMO or house that is provided under the terms of any tenancy or licence</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1060,193 +1034,97 @@
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315CC1D4" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E84AD65" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
+    <w:p w14:paraId="470BE5ED" w14:textId="23917FE3" w:rsidR="00FA1B0E" w:rsidRPr="00D94784" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Gas safety declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52FCCB31" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
-[...24 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2E8087BF" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>declare that in relation to each self-contained flat that is not owner-occupied, and which is under the control of or being managed by the proposed licence holder, and in relation to the common parts of the HMO, any gas appliances meet any safety requirements contained in any enactment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A71A204" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E">
       <w:pPr>
-        <w:rPr>
-[...68 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DB1FF19" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B6FA71D" w14:textId="0CE0A8B8" w:rsidR="00FC55EC" w:rsidRDefault="00FC55EC" w:rsidP="00FA1B0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -1421,50 +1299,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="659A7CBE" w14:textId="120B3C42" w:rsidR="0018346D" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FC55EC" w:rsidP="00F92AFB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="0018346D" w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ny owner of the property to which the application relates (if that is not you) i.e. the freeholder and </w:t>
       </w:r>
       <w:r w:rsidR="00F8021A" w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0018346D" w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ny head lessors who are known to you</w:t>
@@ -1970,835 +1849,218 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he date the application will be submitted</w:t>
       </w:r>
       <w:r w:rsidR="00F92AFB" w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219EB92C" w14:textId="77777777" w:rsidR="000A28E8" w:rsidRPr="00FA1B0E" w:rsidRDefault="000A28E8" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285449EB" w14:textId="754781FC" w:rsidR="0018346D" w:rsidRPr="00FA1B0E" w:rsidRDefault="0018346D" w:rsidP="0018346D">
-[...13 lines deleted...]
-        <w:t>I/We declare that I/We have served a notice of this application on the following persons who are the only persons known to me/us that are required to be informed that I/we have made this application:</w:t>
+    <w:p w14:paraId="609E5696" w14:textId="77777777" w:rsidR="00D94784" w:rsidRPr="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D94784">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I declare that I have notified all relevant persons, as identified by me in this online application, in accordance with the requirements of the Housing Act 2004. I confirm that each person who is required to be informed has been notified in writing or provided with a copy of this application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11EA244A" w14:textId="083312BA" w:rsidR="0018346D" w:rsidRPr="00FA1B0E" w:rsidRDefault="0018346D" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...606 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="0B25D808" w14:textId="77777777" w:rsidR="00D91B12" w:rsidRPr="00FA1B0E" w:rsidRDefault="00D91B12" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B3F0499" w14:textId="77777777" w:rsidR="00132E8F" w:rsidRPr="00FA1B0E" w:rsidRDefault="00132E8F" w:rsidP="00132E8F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk221265515"/>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nothing precludes an applicant from supplying a copy of the application, or other information about the application, to a relevant person.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="546B4807" w14:textId="77777777" w:rsidR="00132E8F" w:rsidRPr="00FA1B0E" w:rsidRDefault="00132E8F" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C19E844" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4481A657" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2520C4A4" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17D028E0" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="133EFF86" w14:textId="77777777" w:rsidR="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D4D496C" w14:textId="360D71E3" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
+    <w:p w14:paraId="3396849D" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00FA1B0E" w:rsidP="00D94784">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(see next page)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE08E79" w14:textId="04C67E3E" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
-[...62 lines deleted...]
-      <w:r w:rsidRPr="00FA1B0E">
+    <w:p w14:paraId="7683F25E" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E52F032" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="751C4EA6" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23257D36" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414A4B22" w14:textId="5A023E86" w:rsidR="00C841BA" w:rsidRPr="00D94784" w:rsidRDefault="00C841BA" w:rsidP="00D94784">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D94784">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Declaration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:highlight w:val="black"/>
+        </w:rPr>
         <w:t>five</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B4D86C" w14:textId="6B0B3580" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0045395F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Application signatures </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A41BDE" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
@@ -2821,66 +2083,66 @@
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">I/We </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hereby sign the HMO licence application for the property known as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509A3FA4" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48886745" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
+    <w:p w14:paraId="48886745" w14:textId="41CA4A73" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F3D889" wp14:editId="63BF2A64">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F3D889" wp14:editId="324CBFB8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>809625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>107315</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5334000" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5334000" cy="381000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -2917,81 +2179,165 @@
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="64F3D889" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:63.75pt;margin-top:8.45pt;width:420pt;height:30pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWHhLJPQIAAI0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+y8us6IU2QpMgwI&#10;2gLp0LMiS7ExWdQkJXb260fJzqPtTsNyUEiR+kh+JD27a2tFDsK6CnROh4OUEqE5FJXe5fTH8+rT&#10;LSXOM10wBVrk9CgcvZt//DBrTCZGUIIqhCUIol3WmJyW3pssSRwvRc3cAIzQaJRga+ZRtbuksKxB&#10;9FolozS9SRqwhbHAhXN4e98Z6TziSym4f5TSCU9UTjE3H08bz204k/mMZTvLTFnxPg32D1nUrNIY&#10;9Ax1zzwje1u9g6orbsGB9AMOdQJSVlzEGrCaYfqmmk3JjIi1IDnOnGly/w+WPxw25skS336FFhsY&#10;CGmMyxxehnpaaevwj5kStCOFxzNtovWE4+V0PJ6kKZo42sa3wyAjTHJ5bazz3wTUJAg5tdiWyBY7&#10;rJ3vXE8uIZgDVRWrSqmoHN1SWXJg2EFsfAENJYo5j5c5XcVfH+3VM6VJk9Ob8TSNkV7ZQqwz5lYx&#10;/vM9AmavNBZxISNIvt22PUNbKI5InIVuppzhqwpx15jaE7M4REgILoZ/xEMqwGSglygpwf7+233w&#10;x96ilZIGhzKn7teeWYEVf9fY9S/DySRMcVQm088jVOy1ZXtt0ft6CcjaEFfQ8CgGf69OorRQv+D+&#10;LEJUNDHNMXZO/Ulc+m5VcP+4WCyiE86tYX6tN4YH6NCiwOdz+8Ks6RvscTQe4DS+LHvT5843vNSw&#10;2HuQVRyCQHDHas87znwco34/w1Jd69Hr8hWZ/wEAAP//AwBQSwMEFAAGAAgAAAAhAN0QQFPbAAAA&#10;CQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYyiS6tTSdEBJHhCg7wC1LTJut&#10;caom68p+Pd4Jbn7PT8+fq83sezHhGF0gBfeLDASSCdZRq2D78XK3BhGTJqv7QKjgByNs6uurSpc2&#10;nOgdpya1gksollpBl9JQShlNh17HRRiQePcdRq8Ty7GVdtQnLve9XGZZLr12xBc6PeBzh+bQHL0C&#10;S5+BzJd7PTtqjCvOb+u9mZS6vZmfHkEknNNfGC74jA41M+3CkWwUPevl6oGjPOQFCA4U+cXYKVix&#10;IetK/v+g/gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWHhLJPQIAAI0EAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDdEEBT2wAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="342AC79B" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                     <w:p w14:paraId="68384A04" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                     <w:p w14:paraId="527C6AF2" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                     <w:p w14:paraId="0A1FAA8C" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EEA319" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
+    <w:p w14:paraId="33EEA319" w14:textId="133A99D6" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ADDRESS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C247C1D" w14:textId="45A7ABFF" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5C247C1D" w14:textId="5752DB3A" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7E26DC" w14:textId="7161148C" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00D94784" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A7E9DF7" wp14:editId="0D38B2B2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1028700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>182880</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4413250" cy="279400"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="395260625" name="Text Box 395260625"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4413250" cy="279400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3FE77590" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                          <w:p w14:paraId="2D95FA64" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                          <w:p w14:paraId="6DB3A970" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                          <w:p w14:paraId="20782919" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7A7E9DF7" id="Text Box 395260625" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:81pt;margin-top:14.4pt;width:347.5pt;height:22pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYM+hdQAIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwuEJA1iiSgRVaUo&#10;iUSqnI3XC6t6Pa5t2KW/vs/ms6GnqhzMjGf8ZubNzI7u21qzjXK+IpPzXqfLmTKSisosc/79dfbp&#10;M2c+CFMITUblfKs8vx9//DBq7FD1aUW6UI4BxPhhY3O+CsEOs8zLlaqF75BVBsaSXC0CVLfMCica&#10;oNc663e7N1lDrrCOpPIetw87Ix8n/LJUMjyXpVeB6Zwjt5BOl85FPLPxSAyXTthVJfdpiH/IohaV&#10;QdAj1IMIgq1ddQFVV9KRpzJ0JNUZlWUlVaoB1fS676qZr4RVqRaQ4+2RJv//YOXTZm5fHAvtF2rR&#10;wEhIY/3Q4zLW05aujv/IlMEOCrdH2lQbmMTlYNC76l/DJGHr394NuonX7PTaOh++KqpZFHLu0JbE&#10;ltg8+oCIcD24xGCedFXMKq2TsvVT7dhGoINofEENZ1r4gMucz9IvJg2IP55pw5qc31whrwvIGOuI&#10;udBC/rhEAJ42gD2REaXQLlpWFWdELajYgj9Hu9HyVs4qwD8iwxfhMEvgBfsRnnGUmpAT7SXOVuR+&#10;/e0++qPFsHLWYDZz7n+uhVMo/JtB8+96g0Ec5qQMrm/7UNy5ZXFuMet6SiCvh020MonRP+iDWDqq&#10;37BGkxgVJmEkYuc8HMRp2G0M1lCqySQ5YXytCI9mbmWEjhxHWl/bN+Hsvs8BE/JEhykWw3ft3vnG&#10;l4Ym60BllWYh8rxjdU8/Rj/1d7+mcbfO9eR1+piMfwMAAP//AwBQSwMEFAAGAAgAAAAhAKi2lArc&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQyRaE+JUCIkjQoQe4Oba&#10;S2KI11HspqFfz3KC48yOZufV2yUMYsYp+UgarlcFCCQbnadOw+718UqBSNmQM0Mk1PCNCbbN+Vlt&#10;KheP9IJzmzvBJZQqo6HPeaykTLbHYNIqjkh8+4hTMJnl1Ek3mSOXh0GWRbGWwXjiD70Z8aFH+9Ue&#10;ggZHb5Hsu386eWqtvz09q087a315sdzfgci45L8w/M7n6dDwpn08kEtiYL0umSVrKBUjcEDdbNjY&#10;a9iUCmRTy/8EzQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmDPoXUACAACUBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqLaUCtwAAAAJAQAA&#10;DwAAAAAAAAAAAAAAAACaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3FE77590" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                    <w:p w14:paraId="2D95FA64" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                    <w:p w14:paraId="6DB3A970" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                    <w:p w14:paraId="20782919" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42C87979" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE8EA21" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -3034,110 +2380,195 @@
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5259543C" w14:textId="37F81968" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FA1B0E">
+    <w:p w14:paraId="5259543C" w14:textId="689B6359" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00000000" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="54756D8A">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:191.85pt;height:96.15pt">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
             <v:imagedata r:id="rId8" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{F91377E5-EFF1-49B4-832C-6F159FC73DE1}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Proposed licence holder " issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F36F31" w14:textId="6CFD7E6B" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53E7C3FC" w14:textId="7D5670C9" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7831D1D7" w14:textId="2A4C2B01" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
-[...6 lines deleted...]
-    <w:p w14:paraId="61047A76" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
+    <w:p w14:paraId="7831D1D7" w14:textId="345E2E21" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00D94784" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="122D100D" wp14:editId="6B7B5316">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>156845</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4413250" cy="279400"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="608596251" name="Text Box 608596251"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4413250" cy="279400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="188D1ACA" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                          <w:p w14:paraId="78496503" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                          <w:p w14:paraId="32B515AF" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                          <w:p w14:paraId="680D9C22" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="122D100D" id="Text Box 608596251" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:12.35pt;width:347.5pt;height:22pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBY40n5QgIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwuEJA1iiSgRVaUo&#10;iUSqnI3XC6t6Pa5t2KW/vs/ms6GnqhzMjGf8ZubNzI7u21qzjXK+IpPzXqfLmTKSisosc/79dfbp&#10;M2c+CFMITUblfKs8vx9//DBq7FD1aUW6UI4BxPhhY3O+CsEOs8zLlaqF75BVBsaSXC0CVLfMCica&#10;oNc663e7N1lDrrCOpPIetw87Ix8n/LJUMjyXpVeB6Zwjt5BOl85FPLPxSAyXTthVJfdpiH/IohaV&#10;QdAj1IMIgq1ddQFVV9KRpzJ0JNUZlWUlVaoB1fS676qZr4RVqRaQ4+2RJv//YOXTZm5fHAvtF2rR&#10;wEhIY/3Q4zLW05aujv/IlMEOCrdH2lQbmMTlYNC76l/DJGHr394NuonX7PTaOh++KqpZFHLu0JbE&#10;ltg8+oCIcD24xGCedFXMKq2TsvVT7dhGoINofEENZ1r4gMucz9IvJg2IP55pw5qc31whrwvIGOuI&#10;udBC/rhEAJ42gD2REaXQLlpWFSjzQNSCii34c7QbLW/lrAL8IzJ8EQ6zBF6wH+EZR6kJOdFe4mxF&#10;7tff7qM/WgwrZw1mM+f+51o4hcK/GTT/rjcYxGFOyuD6tg/FnVsW5xazrqcE8nrYRCuTGP2DPoil&#10;o/oNazSJUWESRiJ2zsNBnIbdxmANpZpMkhPG14rwaOZWRujIcaT1tX0Tzu77HDAhT3SYYjF81+6d&#10;b3xpaLIOVFZpFiLPO1b39GP0U3/3axp361xPXqePyfg3AAAA//8DAFBLAwQUAAYACAAAACEAkukA&#10;3tsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j7D5EncWMpE2xdaTpNkzgiRMcB&#10;blli2kDjVE3Wlf16zAlufn7We5/L7eQ7MeIQXSAFt4sMBJIJ1lGj4PXweJODiEmT1V0gVPCNEbbV&#10;7KrUhQ1nesGxTo3gEIqFVtCm1BdSRtOi13EReiT2PsLgdWI5NNIO+szhvpPLLFtJrx1xQ6t73Ldo&#10;vuqTV2DpLZB5d08XR7Vxm8tz/mlGpa7n0+4BRMIp/R3DLz6jQ8VMx3AiG0WngB9JCpZ3axDsrjb3&#10;vDjykK9BVqX8j1/9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFjjSflCAgAAlAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJLpAN7bAAAABgEA&#10;AA8AAAAAAAAAAAAAAAAAnAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="188D1ACA" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                    <w:p w14:paraId="78496503" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                    <w:p w14:paraId="32B515AF" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                    <w:p w14:paraId="680D9C22" w14:textId="77777777" w:rsidR="00D94784" w:rsidRDefault="00D94784" w:rsidP="00D94784"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61047A76" w14:textId="61B68FEE" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03DAE773" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3178,94 +2609,94 @@
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA1B0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542D2BAE" w14:textId="63F19411" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00FA1B0E" w:rsidP="0018346D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00FA1B0E">
+    <w:p w14:paraId="542D2BAE" w14:textId="63F19411" w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00000000" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="45CA328E">
-          <v:shape id="_x0000_i1032" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:191.85pt;height:96.15pt">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
             <v:imagedata r:id="rId9" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{84A76E02-7B45-4655-8C2D-32EB73563755}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Applicant (agent)" issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C841BA" w:rsidRPr="00FA1B0E" w:rsidSect="00D91B12">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DC632F1" w14:textId="77777777" w:rsidR="006D7C43" w:rsidRDefault="006D7C43" w:rsidP="006C71DD">
+    <w:p w14:paraId="0140ACBA" w14:textId="77777777" w:rsidR="00224A01" w:rsidRDefault="00224A01" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1812E612" w14:textId="77777777" w:rsidR="006D7C43" w:rsidRDefault="006D7C43" w:rsidP="006C71DD">
+    <w:p w14:paraId="0F3B5BB2" w14:textId="77777777" w:rsidR="00224A01" w:rsidRDefault="00224A01" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3411,61 +2842,61 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1841FDF3" w14:textId="77777777" w:rsidR="006C71DD" w:rsidRDefault="006C71DD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="740003CA" w14:textId="77777777" w:rsidR="006D7C43" w:rsidRDefault="006D7C43" w:rsidP="006C71DD">
+    <w:p w14:paraId="4EC129A6" w14:textId="77777777" w:rsidR="00224A01" w:rsidRDefault="00224A01" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="369557CC" w14:textId="77777777" w:rsidR="006D7C43" w:rsidRDefault="006D7C43" w:rsidP="006C71DD">
+    <w:p w14:paraId="1AF1ED5D" w14:textId="77777777" w:rsidR="00224A01" w:rsidRDefault="00224A01" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="144B480F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6C018CA"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -3986,114 +3417,121 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="879632981">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1072853727">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="998117539">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1024213729">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1020160225">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="178355300">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0018346D"/>
     <w:rsid w:val="000A28E8"/>
     <w:rsid w:val="000B3E96"/>
     <w:rsid w:val="00132E8F"/>
     <w:rsid w:val="00173D7D"/>
     <w:rsid w:val="0018308B"/>
     <w:rsid w:val="0018346D"/>
     <w:rsid w:val="00192A02"/>
     <w:rsid w:val="002030B6"/>
+    <w:rsid w:val="00224A01"/>
     <w:rsid w:val="00243DF6"/>
     <w:rsid w:val="002832A8"/>
     <w:rsid w:val="00283C14"/>
+    <w:rsid w:val="00311DBE"/>
     <w:rsid w:val="00345C5F"/>
     <w:rsid w:val="00353B14"/>
+    <w:rsid w:val="0038347C"/>
     <w:rsid w:val="0045395F"/>
     <w:rsid w:val="005428CB"/>
     <w:rsid w:val="0056683B"/>
     <w:rsid w:val="00583DCF"/>
     <w:rsid w:val="005C53B6"/>
     <w:rsid w:val="005D456D"/>
     <w:rsid w:val="005E79F2"/>
+    <w:rsid w:val="00673C4A"/>
     <w:rsid w:val="006C71DD"/>
     <w:rsid w:val="006D7C43"/>
     <w:rsid w:val="006E2C3F"/>
+    <w:rsid w:val="007522C6"/>
     <w:rsid w:val="00756C19"/>
+    <w:rsid w:val="00764672"/>
     <w:rsid w:val="007E30B7"/>
     <w:rsid w:val="00840AAD"/>
     <w:rsid w:val="008A070D"/>
     <w:rsid w:val="00952345"/>
     <w:rsid w:val="00956FFC"/>
     <w:rsid w:val="009C529A"/>
     <w:rsid w:val="00A55C41"/>
     <w:rsid w:val="00A93396"/>
     <w:rsid w:val="00A96AF4"/>
     <w:rsid w:val="00AB2BCF"/>
     <w:rsid w:val="00B05AC3"/>
     <w:rsid w:val="00B51C2F"/>
     <w:rsid w:val="00BB5C8D"/>
     <w:rsid w:val="00C428A6"/>
     <w:rsid w:val="00C841BA"/>
     <w:rsid w:val="00D07214"/>
     <w:rsid w:val="00D14FB7"/>
     <w:rsid w:val="00D91B12"/>
+    <w:rsid w:val="00D94784"/>
     <w:rsid w:val="00DA2FAB"/>
     <w:rsid w:val="00DB212A"/>
     <w:rsid w:val="00DC1B72"/>
     <w:rsid w:val="00DC406F"/>
     <w:rsid w:val="00E24EBB"/>
     <w:rsid w:val="00F130E3"/>
     <w:rsid w:val="00F721D0"/>
     <w:rsid w:val="00F8021A"/>
     <w:rsid w:val="00F92AFB"/>
     <w:rsid w:val="00FA1B0E"/>
     <w:rsid w:val="00FC55EC"/>
     <w:rsid w:val="27AD9D15"/>
     <w:rsid w:val="722B1772"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -4935,55 +4373,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3649</Characters>
+  <Pages>4</Pages>
+  <Words>682</Words>
+  <Characters>3397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4281</CharactersWithSpaces>
+  <CharactersWithSpaces>4041</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hennessy, Aran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>