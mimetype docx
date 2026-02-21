--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -1,140 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B140AC3" w14:textId="12010FC7" w:rsidR="00283C14" w:rsidRPr="007126D3" w:rsidRDefault="00283C14" w:rsidP="0018346D">
-[...84 lines deleted...]
-    <w:p w14:paraId="4DC711F2" w14:textId="77777777" w:rsidR="006C71DD" w:rsidRPr="007126D3" w:rsidRDefault="006C71DD" w:rsidP="0018346D">
+    <w:p w14:paraId="1B140AC3" w14:textId="0CF315C8" w:rsidR="00283C14" w:rsidRPr="007126D3" w:rsidRDefault="00283C14" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DBD7CB6" w14:textId="79664042" w:rsidR="006C71DD" w:rsidRPr="007126D3" w:rsidRDefault="00283C14" w:rsidP="00FC55EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="144"/>
           <w:szCs w:val="144"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
@@ -1347,120 +1263,139 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hether this is an application for an HMO licence under Part 2 or for a house licence under Part 3 of the Housing Act 2004</w:t>
       </w:r>
       <w:r w:rsidR="00F92AFB" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="541B167E" w14:textId="77777777" w:rsidR="00F92AFB" w:rsidRPr="007126D3" w:rsidRDefault="00F92AFB" w:rsidP="00F92AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31EAC195" w14:textId="7C59E36E" w:rsidR="000A28E8" w:rsidRPr="007126D3" w:rsidRDefault="00FC55EC" w:rsidP="000A28E8">
+    <w:p w14:paraId="31EAC195" w14:textId="7C59E36E" w:rsidR="000A28E8" w:rsidRDefault="00FC55EC" w:rsidP="000A28E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000A28E8" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he address of the property to which the application relates</w:t>
       </w:r>
       <w:r w:rsidR="00F92AFB" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="170163BD" w14:textId="77777777" w:rsidR="007563FC" w:rsidRPr="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28D1E315" w14:textId="77777777" w:rsidR="007563FC" w:rsidRPr="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="24F8B6B8" w14:textId="77777777" w:rsidR="00F92AFB" w:rsidRPr="007126D3" w:rsidRDefault="00F92AFB" w:rsidP="00F92AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="161147F9" w14:textId="1F76E6CD" w:rsidR="000A28E8" w:rsidRPr="007126D3" w:rsidRDefault="00FC55EC" w:rsidP="000A28E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000A28E8" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he name and address of the local housing authority to which the application will be made</w:t>
       </w:r>
       <w:r w:rsidR="00F92AFB" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33DCA9C0" w14:textId="77777777" w:rsidR="00F92AFB" w:rsidRPr="007126D3" w:rsidRDefault="00F92AFB" w:rsidP="00F92AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1494,791 +1429,108 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he date the application will be submitted</w:t>
       </w:r>
       <w:r w:rsidR="00F92AFB" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219EB92C" w14:textId="77777777" w:rsidR="000A28E8" w:rsidRPr="007126D3" w:rsidRDefault="000A28E8" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285449EB" w14:textId="754781FC" w:rsidR="0018346D" w:rsidRPr="007126D3" w:rsidRDefault="0018346D" w:rsidP="0018346D">
-[...700 lines deleted...]
-        <w:pageBreakBefore/>
+    <w:p w14:paraId="2574856A" w14:textId="77777777" w:rsidR="00524AAA" w:rsidRDefault="00524AAA" w:rsidP="00524AAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00524AAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I declare that I have notified all relevant persons, as identified by me in this online application, in accordance with the requirements of the Housing Act 2004. I confirm that each person who is required to be informed has been notified in writing or provided with a copy of this application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FDA511" w14:textId="77777777" w:rsidR="00524AAA" w:rsidRDefault="00524AAA" w:rsidP="00524AAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2742EC0E" w14:textId="022F05C9" w:rsidR="00D354C8" w:rsidRPr="007126D3" w:rsidRDefault="00D354C8" w:rsidP="00524AAA">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00D354C8" w:rsidRPr="007126D3">
+      <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaration </w:t>
       </w:r>
-      <w:r w:rsidR="00D354C8" w:rsidRPr="007126D3">
+      <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>three</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D66A7F5" w14:textId="77777777" w:rsidR="00D354C8" w:rsidRPr="007126D3" w:rsidRDefault="00D354C8" w:rsidP="00D354C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2809,222 +2061,146 @@
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E9940A8" w14:textId="77777777" w:rsidR="007126D3" w:rsidRDefault="007126D3" w:rsidP="0086479D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="038D57B1" w14:textId="77777777" w:rsidR="007126D3" w:rsidRDefault="007126D3" w:rsidP="0086479D">
+    <w:p w14:paraId="593C8F22" w14:textId="77777777" w:rsidR="007126D3" w:rsidRDefault="007126D3" w:rsidP="0086479D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="593C8F22" w14:textId="77777777" w:rsidR="007126D3" w:rsidRDefault="007126D3" w:rsidP="0086479D">
+    <w:p w14:paraId="717CE1FC" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="0086479D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13BB026C" w14:textId="77777777" w:rsidR="007126D3" w:rsidRDefault="007126D3" w:rsidP="0086479D">
+    <w:p w14:paraId="3E9BA3DF" w14:textId="28810503" w:rsidR="00E07867" w:rsidRPr="007563FC" w:rsidRDefault="00E07867" w:rsidP="0086479D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007563FC">
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="06643BEA" w14:textId="77777777" w:rsidR="007126D3" w:rsidRDefault="007126D3" w:rsidP="0086479D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Licensing and Management of Houses in Multiple Occupation and Other Houses (Miscellaneous Provisions) (England) Regulations 2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18607255" w14:textId="78891C79" w:rsidR="004B6F5B" w:rsidRPr="007563FC" w:rsidRDefault="0086479D" w:rsidP="0086479D">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007563FC">
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3E9BA3DF" w14:textId="28810503" w:rsidR="00E07867" w:rsidRPr="007126D3" w:rsidRDefault="00E07867" w:rsidP="0086479D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Licensing and Management of Houses in Multiple Occupation (Additional Provisions) (England) Regulations 2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CB1CC7" w14:textId="77777777" w:rsidR="00BC2049" w:rsidRPr="007563FC" w:rsidRDefault="00BC2049" w:rsidP="00BC2049">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007126D3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007563FC">
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-          <w:sz w:val="28"/>
-[...43 lines deleted...]
-          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schedule 2 Paragraph 2: Content of applications under sections 63 and 87 of the Act</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7B138B80" w14:textId="77777777" w:rsidR="00D354C8" w:rsidRPr="007126D3" w:rsidRDefault="00D354C8" w:rsidP="00D354C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the approximate age of the original construction of the HMO or house </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37DB96B3" w14:textId="77777777" w:rsidR="00D354C8" w:rsidRPr="007126D3" w:rsidRDefault="00D354C8" w:rsidP="00D354C8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -3519,225 +2695,189 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FAF8A92" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">in relation to each self-contained flat that is not </w:t>
+        <w:t>in relation to each self-contained flat that is not owner-occupied and which is under the control of or being managed by the proposed licence holder, and in relation to the common parts of the HMO—</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C63D936" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D909BBF" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007126D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(aa) details of fire precautions equipment, including the number and location of smoke </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>owner-occupied</w:t>
+        <w:t>alarms;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007126D3">
-[...6 lines deleted...]
-    <w:p w14:paraId="1C63D936" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+    </w:p>
+    <w:p w14:paraId="6FB3D1E4" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D909BBF" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+    <w:p w14:paraId="6087FA0F" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">(aa) details of fire precautions equipment, including the number and location of smoke </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6FB3D1E4" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+        <w:t>(bb) details of fire escape routes and other fire safety information provided to occupiers; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B90F062" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6087FA0F" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+    <w:p w14:paraId="6262BEC2" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>(bb) details of fire escape routes and other fire safety information provided to occupiers; and</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B90F062" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+        <w:t>(cc) a declaration that the furniture in the HMO or house that is provided under the terms of any tenancy or licence meets any safety requirements contained in any enactment; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013D0C8B" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6262BEC2" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
-[...25 lines deleted...]
-    <w:p w14:paraId="1E16F1D6" w14:textId="77777777" w:rsidR="002E09B1" w:rsidRPr="007126D3" w:rsidRDefault="002E09B1" w:rsidP="002E09B1">
+    <w:p w14:paraId="5CF8596B" w14:textId="68957F83" w:rsidR="00C841BA" w:rsidRPr="007563FC" w:rsidRDefault="002E09B1" w:rsidP="00A30182">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007126D3">
+      <w:r w:rsidRPr="007563FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a declaration that any gas appliances in any parts of the HMO over which the proposed licence holder can reasonably be expected to exercise control meet any safety requirements contained in any enactment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF8596B" w14:textId="3E8B3B9B" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
-[...13 lines deleted...]
-    <w:p w14:paraId="414A4B22" w14:textId="4E5B2399" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="007126D3" w:rsidP="004114EF">
+    <w:p w14:paraId="414A4B22" w14:textId="39FBDC8D" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="004114EF">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00C841BA" w:rsidRPr="007126D3">
+      <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Declaration </w:t>
       </w:r>
-      <w:r w:rsidR="00C841BA" w:rsidRPr="007126D3">
+      <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00640CAF" w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>our</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3136F5" w14:textId="47C402AE" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
@@ -3813,66 +2953,66 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">renewal </w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>application for the property known as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509A3FA4" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48886745" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
+    <w:p w14:paraId="48886745" w14:textId="18CFCD13" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F3D889" wp14:editId="2E31D813">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64F3D889" wp14:editId="3BDFB55E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>809625</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>109855</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5591175" cy="352425"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Text Box 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5591175" cy="352425"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -3905,81 +3045,165 @@
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="64F3D889" id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:63.75pt;margin-top:8.65pt;width:440.25pt;height:27.75pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRkMNPQgIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0XxyncR9GnCJLkWFA&#10;0BZIh54VWUqMyaImKbGzXz9Kdh5tdxqWg0KK1EfyI+nJfVsrshfWVaALmg6GlAjNoaz0pqA/XhZf&#10;bilxnumSKdCioAfh6P3086dJY3Ixgi2oUliCINrljSno1nuTJ4njW1EzNwAjNBol2Jp5VO0mKS1r&#10;EL1WyWg4vE4asKWxwIVzePvQGek04kspuH+S0glPVEExNx9PG891OJPphOUby8y24n0a7B+yqFml&#10;MegJ6oF5Rna2+gBVV9yCA+kHHOoEpKy4iDVgNenwXTWrLTMi1oLkOHOiyf0/WP64X5lnS3z7FVps&#10;YCCkMS53eBnqaaWtwz9mStCOFB5OtInWE46XWXaXpjcZJRxtV9loPMoCTHJ+bazz3wTUJAgFtdiW&#10;yBbbL53vXI8uIZgDVZWLSqmoHNxcWbJn2EFsfAkNJYo5j5cFXcRfH+3NM6VJU9Drq2wYI72xhVgn&#10;zLVi/OdHBMxeaSziTEaQfLtuSVVeELWG8oD8WehGyxm+qBB+iRk+M4uzhJThfvgnPKQCzAl6iZIt&#10;2N9/uw/+2GK0UtLgbBbU/doxK7Dw7xqbf5eOx2GYozLObkao2EvL+tKid/UckLwUN9HwKAZ/r46i&#10;tFC/4hrNQlQ0Mc0xdkH9UZz7bmNwDbmYzaITjq9hfqlXhgfo0KlA60v7yqzp++xxQh7hOMUsf9fu&#10;zje81DDbeZBVnIXAc8dqTz+Ofpymfk3Dbl3q0ev8MZn+AQAA//8DAFBLAwQUAAYACAAAACEA54DN&#10;W9wAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPPU/DMBCGdyT+g3VIbNQhCJKGOBVCYkSIwACb&#10;a18TQ3yOYjcN/fVcJ9ju1T16P+rN4gcx4xRdIAXXqwwEkgnWUafg/e3pqgQRkyarh0Co4AcjbJrz&#10;s1pXNhzoFec2dYJNKFZaQZ/SWEkZTY9ex1UYkfi3C5PXieXUSTvpA5v7QeZZdie9dsQJvR7xsUfz&#10;3e69Aksfgcynez46ao1bH1/KLzMrdXmxPNyDSLikPxhO9bk6NNxpG/ZkoxhY58Uto3wUNyBOQJaV&#10;vG6roMhLkE0t/09ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBRkMNPQgIAAJQEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDngM1b3AAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="342AC79B" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                     <w:p w14:paraId="68384A04" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                     <w:p w14:paraId="527C6AF2" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                     <w:p w14:paraId="0A1FAA8C" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRDefault="00C841BA" w:rsidP="00C841BA"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EEA319" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
+    <w:p w14:paraId="33EEA319" w14:textId="47B403C4" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ADDRESS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C247C1D" w14:textId="45A7ABFF" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5C247C1D" w14:textId="32137E0F" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7E26DC" w14:textId="34A5FD94" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="007563FC" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007126D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="464139C9" wp14:editId="085F702B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1022350</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>179070</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5232400" cy="279400"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="396300180" name="Text Box 396300180"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5232400" cy="279400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1E0E0FA1" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                          <w:p w14:paraId="1C7A555A" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                          <w:p w14:paraId="1C292A93" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                          <w:p w14:paraId="72530AD0" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="464139C9" id="Text Box 396300180" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:80.5pt;margin-top:14.1pt;width:412pt;height:22pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrmBoFQgIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+y4SR9GnCJLkWFA&#10;0BZIh54VWUqMyaImKbGzXz9Kdh5tdxqWg0KK1EfyI+nJfVsrshfWVaALOhyklAjNoaz0pqA/XhZf&#10;bilxnumSKdCioAfh6P3086dJY3KRwRZUKSxBEO3yxhR0673Jk8TxraiZG4ARGo0SbM08qnaTlJY1&#10;iF6rJEvT66QBWxoLXDiHtw+dkU4jvpSC+ycpnfBEFRRz8/G08VyHM5lOWL6xzGwr3qfB/iGLmlUa&#10;g56gHphnZGerD1B1xS04kH7AoU5AyoqLWANWM0zfVbPaMiNiLUiOMyea3P+D5Y/7lXm2xLdfocUG&#10;BkIa43KHl6GeVto6/GOmBO1I4eFEm2g94Xg5zq6yUYomjrbs5i7ICJOcXxvr/DcBNQlCQS22JbLF&#10;9kvnO9ejSwjmQFXlolIqKgc3V5bsGXYQG19CQ4lizuNlQRfx10d780xp0hT0+mqcxkhvbCHWCXOt&#10;GP/5EQGzVxqLOJMRJN+uW1KVWOaRqDWUB+TPQjdazvBFhfBLzPCZWZwl5AX3wz/hIRVgTtBLlGzB&#10;/v7bffDHFqOVkgZns6Du145ZgYV/19j8u+FoFIY5KqPxTYaKvbSsLy16V88ByRviJhoexeDv1VGU&#10;FupXXKNZiIompjnGLqg/inPfbQyuIRezWXTC8TXML/XK8AAdOhVofWlfmTV9nz1OyCMcp5jl79rd&#10;+YaXGmY7D7KKsxB47ljt6cfRj9PUr2nYrUs9ep0/JtM/AAAA//8DAFBLAwQUAAYACAAAACEAaarE&#10;bNwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTS5Q0xKkQEkeECBzg&#10;5tpLYojXUeymoV/PcoLjzI5m39S7JQxixin5SBrWqwIEko3OU6fh9eXhqgSRsiFnhkio4RsT7Jrz&#10;s9pULh7pGec2d4JLKFVGQ5/zWEmZbI/BpFUckfj2EadgMsupk24yRy4Pg1RFsZHBeOIPvRnxvkf7&#10;1R6CBkdvkey7fzx5aq3fnp7KTztrfXmx3N2CyLjkvzD84jM6NMy0jwdySQysN2vekjWoUoHgwLa8&#10;ZmOv4UYpkE0t/y9ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCrmBoFQgIAAJQEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpqsRs3AAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAJwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1E0E0FA1" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                    <w:p w14:paraId="1C7A555A" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                    <w:p w14:paraId="1C292A93" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                    <w:p w14:paraId="72530AD0" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:p w14:paraId="42C87979" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE8EA21" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4022,108 +3246,192 @@
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5259543C" w14:textId="37F81968" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="007126D3" w:rsidP="0018346D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007126D3">
+    <w:p w14:paraId="5259543C" w14:textId="2BFF1602" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00000000" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="54756D8A">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:191.85pt;height:96.15pt">
-            <v:imagedata r:id="rId8" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
+            <v:imagedata r:id="rId7" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{F91377E5-EFF1-49B4-832C-6F159FC73DE1}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Proposed licence holder " issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F36F31" w14:textId="6CFD7E6B" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53E7C3FC" w14:textId="7D5670C9" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="53E7C3FC" w14:textId="2B4D1509" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7831D1D7" w14:textId="73FC2490" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="007563FC" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007126D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58700D76" wp14:editId="59E1BE2B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1092200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>199390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5232400" cy="279400"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
+                <wp:wrapNone/>
+                <wp:docPr id="942110223" name="Text Box 942110223"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5232400" cy="279400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="05CC9C77" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                          <w:p w14:paraId="159B41BF" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                          <w:p w14:paraId="0035FEED" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                          <w:p w14:paraId="328188F7" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="58700D76" id="Text Box 942110223" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:86pt;margin-top:15.7pt;width:412pt;height:22pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUKlXQQgIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+w4SR9GnCJLkWFA&#10;0RZIh54VWUqMyaImKbGzXz9Kdh5tdxqWg0KK1EfyI+npXVsrshfWVaALOhyklAjNoaz0pqA/XpZf&#10;bihxnumSKdCioAfh6N3s86dpY3KRwRZUKSxBEO3yxhR0673Jk8TxraiZG4ARGo0SbM08qnaTlJY1&#10;iF6rJEvTq6QBWxoLXDiHt/edkc4ivpSC+ycpnfBEFRRz8/G08VyHM5lNWb6xzGwr3qfB/iGLmlUa&#10;g56g7plnZGerD1B1xS04kH7AoU5AyoqLWANWM0zfVbPaMiNiLUiOMyea3P+D5Y/7lXm2xLdfocUG&#10;BkIa43KHl6GeVto6/GOmBO1I4eFEm2g94Xg5yUbZOEUTR1t2fRtkhEnOr411/puAmgShoBbbEtli&#10;+wfnO9ejSwjmQFXlslIqKge3UJbsGXYQG19CQ4lizuNlQZfx10d780xp0hT0ajRJY6Q3thDrhLlW&#10;jP/8iIDZK41FnMkIkm/XLanKgo6ORK2hPCB/FrrRcoYvK4R/wAyfmcVZQl5wP/wTHlIB5gS9RMkW&#10;7O+/3Qd/bDFaKWlwNgvqfu2YFVj4d43Nvx2Ox2GYozKeXGeo2EvL+tKid/UCkLwhbqLhUQz+Xh1F&#10;aaF+xTWah6hoYppj7IL6o7jw3cbgGnIxn0cnHF/D/INeGR6gQ6cCrS/tK7Om77PHCXmE4xSz/F27&#10;O9/wUsN850FWcRYCzx2rPf04+nGa+jUNu3WpR6/zx2T2BwAA//8DAFBLAwQUAAYACAAAACEAk4yZ&#10;Kd0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTUtomxKkQEkeECBzg&#10;5tpLYojXUeymoV/f7QmOMzuafVNuJ9+JEYfoAimYzzIQSCZYR42C97enmw2ImDRZ3QVCBb8YYVtd&#10;XpS6sOFArzjWqRFcQrHQCtqU+kLKaFr0Os5Cj8S3rzB4nVgOjbSDPnC57+Qiy1bSa0f8odU9PrZo&#10;fuq9V2DpI5D5dM9HR7Vx+fFl821Gpa6vpod7EAmn9BeGMz6jQ8VMu7AnG0XHer3gLUnB7XwJggN5&#10;vmJjp2B9twRZlfL/guoEAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1CpV0EICAACUBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAk4yZKd0AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAACcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="05CC9C77" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                    <w:p w14:paraId="159B41BF" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                    <w:p w14:paraId="0035FEED" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                    <w:p w14:paraId="328188F7" w14:textId="77777777" w:rsidR="007563FC" w:rsidRDefault="007563FC" w:rsidP="007563FC"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:p w14:paraId="61047A76" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03DAE773" w14:textId="77777777" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00C841BA" w:rsidP="00C841BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4166,94 +3474,95 @@
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t xml:space="preserve"> to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="007126D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542D2BAE" w14:textId="63F19411" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="007126D3" w:rsidP="0018346D">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007126D3">
+    <w:p w14:paraId="542D2BAE" w14:textId="63F19411" w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidRDefault="00000000" w:rsidP="0018346D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="45CA328E">
-          <v:shape id="_x0000_i1032" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:191.85pt;height:96.15pt">
-            <v:imagedata r:id="rId9" o:title=""/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
+            <v:imagedata r:id="rId8" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{84A76E02-7B45-4655-8C2D-32EB73563755}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Applicant (agent)" issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C841BA" w:rsidRPr="007126D3" w:rsidSect="00D91B12">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="034399EF" w14:textId="77777777" w:rsidR="000C7269" w:rsidRDefault="000C7269" w:rsidP="006C71DD">
+    <w:p w14:paraId="104FC862" w14:textId="77777777" w:rsidR="00213A2E" w:rsidRDefault="00213A2E" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DF0F54D" w14:textId="77777777" w:rsidR="000C7269" w:rsidRDefault="000C7269" w:rsidP="006C71DD">
+    <w:p w14:paraId="70B63ECF" w14:textId="77777777" w:rsidR="00213A2E" w:rsidRDefault="00213A2E" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4413,70 +3722,152 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1841FDF3" w14:textId="77777777" w:rsidR="006C71DD" w:rsidRDefault="006C71DD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A17886B" w14:textId="77777777" w:rsidR="000C7269" w:rsidRDefault="000C7269" w:rsidP="006C71DD">
+    <w:p w14:paraId="46CFCC67" w14:textId="77777777" w:rsidR="00213A2E" w:rsidRDefault="00213A2E" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6538D593" w14:textId="77777777" w:rsidR="000C7269" w:rsidRDefault="000C7269" w:rsidP="006C71DD">
+    <w:p w14:paraId="60C22672" w14:textId="77777777" w:rsidR="00213A2E" w:rsidRDefault="00213A2E" w:rsidP="006C71DD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="521D67F9" w14:textId="425BA342" w:rsidR="007563FC" w:rsidRDefault="007563FC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidRPr="007126D3">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:highlight w:val="black"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5092E395" wp14:editId="3222AB21">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>4711700</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-449580</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2734309" cy="1367155"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="4445"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="Picture 3" descr="Homepage – Coventry City Council"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 3" descr="Homepage – Coventry City Council"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2737437" cy="1368719"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D675790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED463DC2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5820,155 +5211,161 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="901865935">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1392926885">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2108695399">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="703210537">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="717170266">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="493378673">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0018346D"/>
     <w:rsid w:val="00036AFF"/>
     <w:rsid w:val="000A28E8"/>
     <w:rsid w:val="000C7269"/>
     <w:rsid w:val="000D2C60"/>
     <w:rsid w:val="00137756"/>
     <w:rsid w:val="0018346D"/>
     <w:rsid w:val="00192A02"/>
     <w:rsid w:val="001F40A5"/>
     <w:rsid w:val="002030B6"/>
+    <w:rsid w:val="00213A2E"/>
     <w:rsid w:val="0024379B"/>
     <w:rsid w:val="00243DF6"/>
     <w:rsid w:val="00283C14"/>
     <w:rsid w:val="002E09B1"/>
     <w:rsid w:val="002F5352"/>
     <w:rsid w:val="00342992"/>
     <w:rsid w:val="00345C5F"/>
     <w:rsid w:val="00353B14"/>
     <w:rsid w:val="00381CA2"/>
+    <w:rsid w:val="0038347C"/>
     <w:rsid w:val="003F3AE8"/>
     <w:rsid w:val="004114EF"/>
     <w:rsid w:val="004B24F0"/>
     <w:rsid w:val="004B314C"/>
     <w:rsid w:val="004B6F5B"/>
+    <w:rsid w:val="00524AAA"/>
     <w:rsid w:val="0053439D"/>
     <w:rsid w:val="005428CB"/>
     <w:rsid w:val="00554B89"/>
     <w:rsid w:val="0057307E"/>
     <w:rsid w:val="005C53B6"/>
     <w:rsid w:val="005E54E4"/>
     <w:rsid w:val="00640CAF"/>
     <w:rsid w:val="006C71DD"/>
     <w:rsid w:val="006E2C3F"/>
     <w:rsid w:val="007126D3"/>
     <w:rsid w:val="00736AC4"/>
     <w:rsid w:val="007439E7"/>
+    <w:rsid w:val="007563FC"/>
     <w:rsid w:val="00756C19"/>
     <w:rsid w:val="007E1D5F"/>
     <w:rsid w:val="007E30B7"/>
     <w:rsid w:val="00807AD4"/>
     <w:rsid w:val="00840AAD"/>
     <w:rsid w:val="00855DF5"/>
     <w:rsid w:val="00860371"/>
     <w:rsid w:val="0086479D"/>
     <w:rsid w:val="00891A8D"/>
     <w:rsid w:val="008A070D"/>
     <w:rsid w:val="008D596C"/>
     <w:rsid w:val="0094577D"/>
     <w:rsid w:val="00951FE1"/>
     <w:rsid w:val="00952345"/>
     <w:rsid w:val="009617DD"/>
     <w:rsid w:val="0098013A"/>
     <w:rsid w:val="009B2F07"/>
+    <w:rsid w:val="009C0778"/>
     <w:rsid w:val="009C529A"/>
     <w:rsid w:val="009F1706"/>
     <w:rsid w:val="00A55C41"/>
     <w:rsid w:val="00A73376"/>
     <w:rsid w:val="00A81655"/>
     <w:rsid w:val="00A93396"/>
     <w:rsid w:val="00A96AF4"/>
     <w:rsid w:val="00AB6BA9"/>
     <w:rsid w:val="00AE5B30"/>
     <w:rsid w:val="00B05AC3"/>
     <w:rsid w:val="00B70323"/>
     <w:rsid w:val="00BB5C8D"/>
     <w:rsid w:val="00BC2049"/>
     <w:rsid w:val="00C841BA"/>
     <w:rsid w:val="00CA27C4"/>
     <w:rsid w:val="00CB6BF9"/>
     <w:rsid w:val="00D07214"/>
     <w:rsid w:val="00D14FB7"/>
     <w:rsid w:val="00D24510"/>
     <w:rsid w:val="00D354C8"/>
     <w:rsid w:val="00D87EE1"/>
     <w:rsid w:val="00D91B12"/>
     <w:rsid w:val="00DB212A"/>
     <w:rsid w:val="00E07867"/>
     <w:rsid w:val="00E22A1C"/>
     <w:rsid w:val="00E5446D"/>
     <w:rsid w:val="00EC32F8"/>
     <w:rsid w:val="00EE37D6"/>
     <w:rsid w:val="00F0590D"/>
     <w:rsid w:val="00F0653A"/>
     <w:rsid w:val="00F130E3"/>
+    <w:rsid w:val="00F42755"/>
     <w:rsid w:val="00F8021A"/>
     <w:rsid w:val="00F82BF5"/>
     <w:rsid w:val="00F92AFB"/>
     <w:rsid w:val="00FC55EC"/>
     <w:rsid w:val="27AD9D15"/>
     <w:rsid w:val="722B1772"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -6493,51 +5890,55 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1478649337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6795,55 +6196,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5313</Characters>
+  <Pages>5</Pages>
+  <Words>1017</Words>
+  <Characters>4979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>207</Lines>
+  <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6232</CharactersWithSpaces>
+  <CharactersWithSpaces>5900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hennessy, Aran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>