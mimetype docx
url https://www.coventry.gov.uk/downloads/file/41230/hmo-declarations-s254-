--- v0 (2025-12-05)
+++ v1 (2026-02-21)
@@ -728,52 +728,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reckless as to whether it is false or misleading</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk199933443"/>
-      <w:bookmarkStart w:id="5" w:name="_Hlk199933467"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk199933467"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk199933443"/>
     </w:p>
     <w:p w14:paraId="69DC4BED" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F5FF074" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6178E2C1" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -781,347 +781,292 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="474D2B6A" w14:textId="03F04EB4" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t>Declaration</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Declaration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>two</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634069BB" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76876D40" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>HMO Licence furniture declaration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44773818" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(You must sign even if no furniture is provided)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAFD6B3" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78843B7C" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk149126609"/>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In relation to each self-contained flat that is not owner-occupied, and which is under the control of or being managed by the proposed licence holder, and in relation to the common parts of the HMO</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk149125566"/>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I declare that the furniture in the HMO or house that is provided under the terms of any tenancy or licence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meets any safety requirements contained in any enactment.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="684E712B" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719BDB1B" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C49889A" w14:textId="59D76428" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t>two</w:t>
-[...141 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Declaration </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:t xml:space="preserve">Declaration </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>three</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DDF639" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
-          <w:highlight w:val="black"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="3C0A5569" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61DE3B3C" w14:textId="55FACA03" w:rsidR="00780DF2" w:rsidRPr="009C3C1B" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Gas safety declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737B7256" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...26 lines deleted...]
-    </w:p>
     <w:p w14:paraId="25935F84" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>declare in relation to each self-contained flat that is not owner-occupied, and which is under the control of or being managed by the proposed licence holder, and in relation to the common parts of the HMO, that any gas appliances meet any safety requirements contained in any enactment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="244635F8" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...26 lines deleted...]
-    <w:p w14:paraId="500EBDCF" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+    <w:p w14:paraId="244635F8" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19DDB5A7" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54B5EBD8" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B6FA71D" w14:textId="51A70196" w:rsidR="00FC55EC" w:rsidRPr="00991175" w:rsidRDefault="00FC55EC" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -1791,942 +1736,283 @@
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="000A28E8" w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>he date the application will be submitted</w:t>
       </w:r>
       <w:r w:rsidR="00F92AFB" w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219EB92C" w14:textId="77777777" w:rsidR="000A28E8" w:rsidRPr="00991175" w:rsidRDefault="000A28E8" w:rsidP="0018346D">
-[...26 lines deleted...]
-    <w:p w14:paraId="5F1CDCE5" w14:textId="77777777" w:rsidR="00991175" w:rsidRDefault="00991175" w:rsidP="00991175">
+    <w:p w14:paraId="37268940" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A17F139" w14:textId="53C4921F" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C3C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I declare that I have notified all relevant persons, as identified by me in this online application, in accordance with the requirements of the Housing Act 2004. I confirm that each person who is required to be informed has been notified in writing or provided with a copy of this application.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="754BBFCA" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A752BCE" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRPr="00FA1B0E" w:rsidRDefault="00BC5ADA" w:rsidP="00BC5ADA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA1B0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nothing precludes an applicant from supplying a copy of the application, or other information about the application, to a relevant person.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71758ED4" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C056F45" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08E4A22B" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F413812" w14:textId="1FA0A8B9" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(see next page)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CBC288" w14:textId="27F2C1C3" w:rsidR="00991175" w:rsidRDefault="00991175">
-[...746 lines deleted...]
-        <w:pageBreakBefore/>
+    <w:p w14:paraId="71C1B931" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50170063" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E77CA0D" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09553E4D" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F3B1523" w14:textId="77777777" w:rsidR="00BC5ADA" w:rsidRDefault="00BC5ADA" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6381AA21" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6292A5" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0259AB80" w14:textId="77777777" w:rsidR="009C3C1B" w:rsidRDefault="009C3C1B" w:rsidP="009C3C1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78805576" w14:textId="538DCF61" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="009C3C1B">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Declaration </w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44B8CC95" w14:textId="77777777" w:rsidR="00991175" w:rsidRDefault="00991175" w:rsidP="00780DF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E5B9310" w14:textId="3022DE59" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve">Application signatures </w:t>
-[...38 lines deleted...]
-      </w:pPr>
+        <w:t>Application signatures (The following signature(s) confirm agreement with and application of all the above declarations).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="27876095" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F90EDD4" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46008C3F" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2734,306 +2020,471 @@
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">I/We </w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hereby sign the HMO licence application for the property known as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E112980" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1371DA76" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+    <w:p w14:paraId="1371DA76" w14:textId="50321FB5" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="001C6345" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1023055D" wp14:editId="2A916CB2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74C0AF43" wp14:editId="26630A63">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>809625</wp:posOffset>
+                  <wp:posOffset>895350</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>109220</wp:posOffset>
+                  <wp:posOffset>95885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5060950" cy="368300"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5060950" cy="368300"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5D5A9B66" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                          <w:p w14:paraId="78087004" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                          <w:p w14:paraId="76BE5318" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                          <w:p w14:paraId="7E86B37B" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="74C0AF43" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:70.5pt;margin-top:7.55pt;width:398.5pt;height:29pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWe1gTPgIAAI0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+2kbdYGcYqsRYYB&#10;QVsgHXpWZLkxJouapMTOfv2elM81Ow3LQSFF6pF8JD266xrN1sr5mkzBexc5Z8pIKmvzVvDvL9NP&#10;N5z5IEwpNBlV8I3y/G788cOotUPVpyXpUjkGEOOHrS34MgQ7zDIvl6oR/oKsMjBW5BoRoLq3rHSi&#10;BXqjs36eD7KWXGkdSeU9bh+2Rj5O+FWlZHiqKq8C0wVHbiGdLp2LeGbjkRi+OWGXtdylIf4hi0bU&#10;BkEPUA8iCLZy9RlUU0tHnqpwIanJqKpqqVINqKaXv6tmvhRWpVpAjrcHmvz/g5WP67l9dix0X6hD&#10;AyMhrfVDj8tYT1e5Jv4jUwY7KNwcaFNdYBKX1/kgv72GScJ2Obi5zBOv2fG1dT58VdSwKBTcoS2J&#10;LbGe+YCIcN27xGCedF1Oa62TsvH32rG1QAfR+JJazrTwAZcFn6ZfTBoQfzzThrUFH1wirzPIGOuA&#10;udBC/jhHAJ42gD2SEaXQLbodQwsqNyDO0XamvJXTGrgzpPYsHIYIhGAxwhOOShOSoZ3E2ZLcr7/d&#10;R3/0FlbOWgxlwf3PlXAKFX8z6Ppt7+oqTnFSrq4/96G4U8vi1GJWzT2BtR5W0MokRv+g92LlqHnF&#10;/kxiVJiEkYhd8LAX78N2VbB/Uk0myQlza0WYmbmVETqSG/l86V6Fs7sGB4zGI+3HVwzf9XnrG18a&#10;mqwCVXUagkjwltUd75j51NjdfsalOtWT1/ErMv4NAAD//wMAUEsDBBQABgAIAAAAIQCo+HJP3QAA&#10;AAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWFoGrCtNJ4TEESEKB3bLEtMG&#10;Gqdqsq7s12NO4+ZnPz1/r9rMvhcTjtEFUpAvMhBIJlhHrYL3t6erAkRMmqzuA6GCH4ywqc/PKl3a&#10;cKBXnJrUCg6hWGoFXUpDKWU0HXodF2FA4ttnGL1OLMdW2lEfONz38jrL7qTXjvhDpwd87NB8N3uv&#10;wNJHILN1z0dHjXHr40vxZSalLi/mh3sQCed0MsMfPqNDzUy7sCcbRc/6JucuiYfbHAQb1suCFzsF&#10;q2UOsq7k/wb1LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWe1gTPgIAAI0EAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCo+HJP3QAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAJgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="5D5A9B66" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                    <w:p w14:paraId="78087004" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                    <w:p w14:paraId="76BE5318" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                    <w:p w14:paraId="7E86B37B" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D694DF" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ADDRESS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7019E4BC" w14:textId="56E39AE9" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C68E334" w14:textId="0A5A2906" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="0063727A" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21965E6B" wp14:editId="074CB572">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1187450</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>217170</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4200525" cy="247650"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Text Box 1"/>
+                <wp:docPr id="644493566" name="Text Box 644493566"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4200525" cy="247650"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="03CF44B3" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRDefault="00780DF2" w:rsidP="00780DF2"/>
-[...2 lines deleted...]
-                          <w:p w14:paraId="2047AB38" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRDefault="00780DF2" w:rsidP="00780DF2"/>
+                          <w:p w14:paraId="238F5718" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
+                          <w:p w14:paraId="4D0CF49B" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
+                          <w:p w14:paraId="0510C3B1" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
+                          <w:p w14:paraId="6F30078F" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="1023055D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:63.75pt;margin-top:8.6pt;width:330.75pt;height:19.5pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCL4H5uPwIAAI0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypN2MOkXWIsOA&#10;oi2QDj0rslwbk0VNUmJnX78nxUm6dqdhOSikSD2Sj6Qvr/pWs61yviFT8PHZiDNlJJWNeS7498fl&#10;h0+c+SBMKTQZVfCd8vxq/v7dZWdzNaGadKkcA4jxeWcLXodg8yzzslat8GdklYGxIteKANU9Z6UT&#10;HdBbnU1Go/OsI1daR1J5j9ubvZHPE35VKRnuq8qrwHTBkVtIp0vnOp7Z/FLkz07YupFDGuIfsmhF&#10;YxD0CHUjgmAb17yBahvpyFMVziS1GVVVI1WqAdWMR6+qWdXCqlQLyPH2SJP/f7DybruyD46F/gv1&#10;aGAkpLM+97iM9fSVa+M/MmWwg8LdkTbVByZxOUUjZpMZZxK2yfTifJZ4zU6vrfPhq6KWRaHgDm1J&#10;bIntrQ+ICNeDSwzmSTflstE6KTt/rR3bCnQQjS+p40wLH3BZ8GX6xaQB8cczbVhX8POPyOUNZIx1&#10;xFxrIX+8RQCeNoA9kRGl0K/7gaE1lTsQ52g/U97KZQPcW6T2IByGCFxhMcI9jkoTkqFB4qwm9+tv&#10;99EfvYWVsw5DWXD/cyOcQsXfDLr+eTydxilOynR2MYHiXlrWLy1m014TWBtjBa1MYvQP+iBWjton&#10;7M8iRoVJGInYBQ8H8TrsVwX7J9VikZwwt1aEW7OyMkJHciOfj/2TcHZocMBo3NFhfEX+qs973/jS&#10;0GITqGrSEESC96wOvGPmU2OH/YxL9VJPXqevyPw3AAAA//8DAFBLAwQUAAYACAAAACEA64CUANwA&#10;AAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPPU/DMBCGdyT+g3VIbNQhUps0xKkQEiNChA6wufaR&#10;GOJzFLtp6K/nmGC7V/fo/ah3ix/EjFN0gRTcrjIQSCZYR52C/evjTQkiJk1WD4FQwTdG2DWXF7Wu&#10;bDjRC85t6gSbUKy0gj6lsZIymh69jqswIvHvI0xeJ5ZTJ+2kT2zuB5ln2UZ67YgTej3iQ4/mqz16&#10;BZbeApl393R21Bq3PT+Xn2ZW6vpqub8DkXBJfzD81ufq0HCnQziSjWJgnRdrRvkochAMFOWWxx0U&#10;rDc5yKaW/xc0PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCL4H5uPwIAAI0EAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDrgJQA3AAAAAkBAAAP&#10;AAAAAAAAAAAAAAAAAJkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
+              <v:shape w14:anchorId="21965E6B" id="Text Box 644493566" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:93.5pt;margin-top:17.1pt;width:330.75pt;height:19.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqJ/63QAIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsUkhaxRJSIqlKU&#10;RCJVzsbrhVW9Htc27NJf32fz2dBTVQ5mxjN+M/NmZsd3ba3ZVjlfkcl5r9PlTBlJRWVWOf/+Mv/w&#10;iTMfhCmEJqNyvlOe303evxs3dqT6tCZdKMcAYvyosTlfh2BHWeblWtXCd8gqA2NJrhYBqltlhRMN&#10;0Gud9bvdm6whV1hHUnmP2/u9kU8SflkqGZ7K0qvAdM6RW0inS+cyntlkLEYrJ+y6koc0xD9kUYvK&#10;IOgJ6l4EwTauuoKqK+nIUxk6kuqMyrKSKtWAanrdN9Us1sKqVAvI8fZEk/9/sPJxu7DPjoX2C7Vo&#10;YCSksX7kcRnraUtXx39kymAHhbsTbaoNTOJygEYM+0POJGz9we3NMPGanV9b58NXRTWLQs4d2pLY&#10;EtsHHxARrkeXGMyTrop5pXVSdn6mHdsKdBCNL6jhTAsfcJnzefrFpAHxxzNtWJPzm4/I5Qoyxjph&#10;LrWQP64RgKcNYM9kRCm0y5ZVxQVRSyp24M/RfrS8lfMK8A/I8Fk4zBIow36EJxylJuREB4mzNblf&#10;f7uP/mgxrJw1mM2c+58b4RQK/2bQ/M+9wSAOc1IGw9s+FHdpWV5azKaeEcjrYROtTGL0D/oolo7q&#10;V6zRNEaFSRiJ2DkPR3EW9huDNZRqOk1OGF8rwoNZWBmhI8eR1pf2VTh76HPAhDzScYrF6E27977x&#10;paHpJlBZpVmIPO9ZPdCP0U/9Paxp3K1LPXmdPyaT3wAAAP//AwBQSwMEFAAGAAgAAAAhAOkw8Brd&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ1poGuJUCIkjQgQOcHPt&#10;bWKI11HspqFfz3KC42hGM2+q7ex7MeEYXSAF14sMBJIJ1lGr4O318aoAEZMmq/tAqOAbI2zr87NK&#10;lzYc6QWnJrWCSyiWWkGX0lBKGU2HXsdFGJDY24fR68RybKUd9ZHLfS/zLLuVXjvihU4P+NCh+WoO&#10;XoGl90Dmwz2dHDXGbU7PxaeZlLq8mO/vQCSc018YfvEZHWpm2oUD2Sh61sWavyQFy1UOggPFqrgB&#10;sVOwXuYg60r+f1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOon/rdAAgAAlAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOkw8BrdAAAACQEA&#10;AA8AAAAAAAAAAAAAAAAAmgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACkBQAAAAA=&#10;" fillcolor="window" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="03CF44B3" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRDefault="00780DF2" w:rsidP="00780DF2"/>
-[...2 lines deleted...]
-                    <w:p w14:paraId="2047AB38" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRDefault="00780DF2" w:rsidP="00780DF2"/>
+                    <w:p w14:paraId="238F5718" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
+                    <w:p w14:paraId="4D0CF49B" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
+                    <w:p w14:paraId="0510C3B1" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
+                    <w:p w14:paraId="6F30078F" w14:textId="77777777" w:rsidR="0063727A" w:rsidRDefault="0063727A" w:rsidP="0063727A"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11D694DF" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...31 lines deleted...]
-    <w:p w14:paraId="4EE112BD" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+    <w:p w14:paraId="4EE112BD" w14:textId="69BCC839" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B98B620" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...7 lines deleted...]
-    <w:p w14:paraId="1C8FBED2" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+    <w:p w14:paraId="2B98B620" w14:textId="007C478D" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C8FBED2" w14:textId="4402DF70" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SIGNATURE </w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Right click to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519845EB" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00991175">
+    <w:p w14:paraId="519845EB" w14:textId="1D7ECC52" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="0089652B" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="46CA4A5B">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1041" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:192pt;height:96pt">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:190.5pt;height:97.5pt">
             <v:imagedata r:id="rId7" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{F91377E5-EFF1-49B4-832C-6F159FC73DE1}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Proposed licence holder " issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BF3B16" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...20 lines deleted...]
-    <w:p w14:paraId="6B1D19F9" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+    <w:p w14:paraId="59BF3B16" w14:textId="115F24B5" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="184A985B" w14:textId="575CFD63" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00C39AFA" w14:textId="2471184B" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="001C6345" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C6C0F08" wp14:editId="6B7AC38F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1028700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>199390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4200525" cy="247650"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1554948389" name="Text Box 1554948389"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4200525" cy="247650"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1E66135F" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                          <w:p w14:paraId="4D01DB56" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                          <w:p w14:paraId="5B483FB7" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                          <w:p w14:paraId="7DC148A3" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7C6C0F08" id="Text Box 1554948389" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:81pt;margin-top:15.7pt;width:330.75pt;height:19.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAq918TQgIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsUSItYIkpEVQkl&#10;kZIqZ+P1wqpej2sbdumv77P5CA09VeVgZjzjNzNvZnZy29aa7ZTzFZmc9zpdzpSRVFRmnfPvz4sP&#10;nzjzQZhCaDIq53vl+e30/btJY8eqTxvShXIMIMaPG5vzTQh2nGVeblQtfIesMjCW5GoRoLp1VjjR&#10;AL3WWb/bHWUNucI6ksp73N4djHya8MtSyfBQll4FpnOO3EI6XTpX8cymEzFeO2E3lTymIf4hi1pU&#10;BkHPUHciCLZ11RVUXUlHnsrQkVRnVJaVVKkGVNPrvqnmaSOsSrWAHG/PNPn/Byvvd0/20bHQfqEW&#10;DYyENNaPPS5jPW3p6viPTBnsoHB/pk21gUlcDtCIYX/ImYStP7gZDROv2etr63z4qqhmUci5Q1sS&#10;W2K39AER4XpyicE86apYVFonZe/n2rGdQAfR+IIazrTwAZc5X6RfTBoQfzzThjU5H31ELleQMdYZ&#10;c6WF/HGNADxtAPtKRpRCu2pZVaDME1ErKvbgz9FhtLyViwrwS2T4KBxmCZRhP8IDjlITcqKjxNmG&#10;3K+/3Ud/tBhWzhrMZs79z61wCoV/M2j+595gEIc5KYPhTR+Ku7SsLi1mW88J5PWwiVYmMfoHfRJL&#10;R/UL1mgWo8IkjETsnIeTOA+HjcEaSjWbJSeMrxVhaZ6sjNCR40jrc/sinD32OWBC7uk0xWL8pt0H&#10;3/jS0GwbqKzSLESeD6we6cfop/4e1zTu1qWevF4/JtPfAAAA//8DAFBLAwQUAAYACAAAACEAtPPB&#10;Qt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTtJQQ4lQIiSNCBA5w&#10;c+0lMcTrKHbT0K9nOZXjaEYzb6rt7Hsx4RhdIAXLRQYCyQTrqFXw9vp4VYCISZPVfSBU8IMRtvX5&#10;WaVLGw70glOTWsElFEutoEtpKKWMpkOv4yIMSOx9htHrxHJspR31gct9L/Ms20ivHfFCpwd86NB8&#10;N3uvwNJ7IPPhno6OGuNuj8/Fl5mUuryY7+9AJJzTKQx/+IwONTPtwp5sFD3rTc5fkoLVcg2CA0W+&#10;ugaxU3CTrUHWlfz/oP4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKvdfE0ICAACUBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtPPBQt0AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAACcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1E66135F" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                    <w:p w14:paraId="4D01DB56" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                    <w:p w14:paraId="5B483FB7" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                    <w:p w14:paraId="7DC148A3" w14:textId="77777777" w:rsidR="001C6345" w:rsidRDefault="001C6345" w:rsidP="001C6345"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1D19F9" w14:textId="624578B0" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567A454A" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3060,108 +2511,108 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Right click to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FDFEC1" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="00780DF2" w:rsidP="00780DF2">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00991175">
+    <w:p w14:paraId="29FDFEC1" w14:textId="77777777" w:rsidR="00780DF2" w:rsidRPr="00991175" w:rsidRDefault="0089652B" w:rsidP="00780DF2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="59935275">
-          <v:shape id="_x0000_i1042" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:192pt;height:96pt">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:190.5pt;height:97.5pt">
             <v:imagedata r:id="rId8" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{84A76E02-7B45-4655-8C2D-32EB73563755}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Applicant (agent)" issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C247C1D" w14:textId="45A7ABFF" w:rsidR="00C841BA" w:rsidRPr="00991175" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C7E26DC" w14:textId="1EA59BDE" w:rsidR="00C841BA" w:rsidRPr="00991175" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C841BA" w:rsidRPr="00991175" w:rsidSect="00D91B12">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53119CA3" w14:textId="77777777" w:rsidR="00A726B8" w:rsidRDefault="00A726B8" w:rsidP="00780DF2">
+    <w:p w14:paraId="5B5222D7" w14:textId="77777777" w:rsidR="003A68DA" w:rsidRDefault="003A68DA" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BE9DFDB" w14:textId="77777777" w:rsidR="00A726B8" w:rsidRDefault="00A726B8" w:rsidP="00780DF2">
+    <w:p w14:paraId="60790B67" w14:textId="77777777" w:rsidR="003A68DA" w:rsidRDefault="003A68DA" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -3172,61 +2623,61 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Lato"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BDB58FD" w14:textId="77777777" w:rsidR="00A726B8" w:rsidRDefault="00A726B8" w:rsidP="00780DF2">
+    <w:p w14:paraId="3BA2A77C" w14:textId="77777777" w:rsidR="003A68DA" w:rsidRDefault="003A68DA" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D15A26B" w14:textId="77777777" w:rsidR="00A726B8" w:rsidRDefault="00A726B8" w:rsidP="00780DF2">
+    <w:p w14:paraId="22947821" w14:textId="77777777" w:rsidR="003A68DA" w:rsidRDefault="003A68DA" w:rsidP="00780DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49E0AC52" w14:textId="7331EE16" w:rsidR="00780DF2" w:rsidRDefault="00780DF2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00D91B12">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:highlight w:val="black"/>
       </w:rPr>
@@ -3761,77 +3212,88 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0018346D"/>
     <w:rsid w:val="000A28E8"/>
     <w:rsid w:val="0018346D"/>
     <w:rsid w:val="00192A02"/>
+    <w:rsid w:val="001C6345"/>
     <w:rsid w:val="00283C14"/>
     <w:rsid w:val="00345C5F"/>
+    <w:rsid w:val="0038347C"/>
+    <w:rsid w:val="003A68DA"/>
     <w:rsid w:val="003B4C10"/>
     <w:rsid w:val="005428CB"/>
     <w:rsid w:val="005C53B6"/>
     <w:rsid w:val="005E65E2"/>
+    <w:rsid w:val="0063727A"/>
     <w:rsid w:val="006E2C3F"/>
     <w:rsid w:val="007178EC"/>
+    <w:rsid w:val="00764672"/>
     <w:rsid w:val="00780DF2"/>
     <w:rsid w:val="007E30B7"/>
     <w:rsid w:val="007E5C5A"/>
     <w:rsid w:val="00836753"/>
     <w:rsid w:val="00840AAD"/>
+    <w:rsid w:val="0089652B"/>
     <w:rsid w:val="008A070D"/>
     <w:rsid w:val="00952345"/>
     <w:rsid w:val="00991175"/>
+    <w:rsid w:val="009C3C1B"/>
     <w:rsid w:val="009C529A"/>
     <w:rsid w:val="00A55C41"/>
     <w:rsid w:val="00A726B8"/>
     <w:rsid w:val="00A93396"/>
     <w:rsid w:val="00A96AF4"/>
     <w:rsid w:val="00B05AC3"/>
+    <w:rsid w:val="00B979FF"/>
     <w:rsid w:val="00BB5C8D"/>
+    <w:rsid w:val="00BC5ADA"/>
     <w:rsid w:val="00C841BA"/>
     <w:rsid w:val="00D07214"/>
     <w:rsid w:val="00D14FB7"/>
     <w:rsid w:val="00D91B12"/>
+    <w:rsid w:val="00DA1684"/>
+    <w:rsid w:val="00E06894"/>
     <w:rsid w:val="00F130E3"/>
     <w:rsid w:val="00F8021A"/>
     <w:rsid w:val="00F92AFB"/>
     <w:rsid w:val="00FC55EC"/>
     <w:rsid w:val="27AD9D15"/>
     <w:rsid w:val="722B1772"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -4331,50 +3793,51 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00780DF2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00780DF2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -4642,70 +4105,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3434</Characters>
+  <Pages>1</Pages>
+  <Words>694</Words>
+  <Characters>3354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>152</Lines>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4028</CharactersWithSpaces>
+  <CharactersWithSpaces>3982</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hennessy, Aran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>