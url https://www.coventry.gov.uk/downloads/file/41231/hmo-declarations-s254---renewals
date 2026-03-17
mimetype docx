--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -1,146 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="13B2A782" w14:textId="4BECBE1C" w:rsidR="00283C14" w:rsidRPr="00E16772" w:rsidRDefault="00283C14" w:rsidP="0018346D">
-      <w:pPr>
+    <w:p w14:paraId="13B2A782" w14:textId="2FDA725D" w:rsidR="00283C14" w:rsidRPr="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8120"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
-          <w:highlight w:val="black"/>
-[...5 lines deleted...]
-          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80AB7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
-          <w:sz w:val="28"/>
-[...76 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="372EA2F3" w14:textId="3B08FD23" w:rsidR="00283C14" w:rsidRPr="00E16772" w:rsidRDefault="00283C14" w:rsidP="00FC55EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="144"/>
           <w:szCs w:val="144"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="144"/>
           <w:szCs w:val="144"/>
         </w:rPr>
         <w:t xml:space="preserve">HMO Licensing </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E3FB1C" w14:textId="49E4163C" w:rsidR="00F92AFB" w:rsidRPr="00E16772" w:rsidRDefault="00F92AFB" w:rsidP="00FC55EC">
       <w:pPr>
@@ -567,58 +500,60 @@
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BE45E1E" w14:textId="7292918A" w:rsidR="00D91B12" w:rsidRPr="00E16772" w:rsidRDefault="27AD9D15" w:rsidP="722B1772">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>WARNING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3743DC73" w14:textId="2789483A" w:rsidR="00D91B12" w:rsidRPr="00E16772" w:rsidRDefault="27AD9D15" w:rsidP="722B1772">
+    <w:p w14:paraId="3743DC73" w14:textId="2789483A" w:rsidR="00D91B12" w:rsidRDefault="27AD9D15" w:rsidP="722B1772">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Falsifying a person’s signature carries a 10-year prison sentence under</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lato" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -720,50 +655,60 @@
       </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>understand that I commit an offence if I</w:t>
       </w:r>
       <w:r w:rsidR="0055606B" w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supply any information to a local housing authority in connection with any of their functions under any of Parts 1 to 4 of the Housing Act 2004 that is false or misleading and which I know is false or misleading or am reckless as to whether it is false or misleading.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3C751CC6" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00E16772">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3E3387E9" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B949C00" w14:textId="22B9E644" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1273,792 +1218,79 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The date the application will be submitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D152FC9" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20D70BF0" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
-[...707 lines deleted...]
-    <w:p w14:paraId="5679F886" w14:textId="77777777" w:rsidR="009C529A" w:rsidRPr="00E16772" w:rsidRDefault="009C529A" w:rsidP="007E30B7">
+    <w:p w14:paraId="6FE06E79" w14:textId="77777777" w:rsidR="008A6671" w:rsidRPr="008A6671" w:rsidRDefault="008A6671" w:rsidP="008A6671">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A6671">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I declare that I have notified all relevant persons, as identified by me in this online application, in accordance with the requirements of the Housing Act 2004. I confirm that each person who is required to be informed has been notified in writing or provided with a copy of this application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F85E869" w14:textId="77777777" w:rsidR="008A6671" w:rsidRDefault="008A6671" w:rsidP="007E30B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5701430D" w14:textId="77777777" w:rsidR="009C529A" w:rsidRPr="00E16772" w:rsidRDefault="009C529A" w:rsidP="007E30B7">
-[...21 lines deleted...]
-    <w:p w14:paraId="668648EF" w14:textId="66762FFF" w:rsidR="007E30B7" w:rsidRPr="00E16772" w:rsidRDefault="007E30B7" w:rsidP="007E30B7">
+    <w:p w14:paraId="668648EF" w14:textId="3F60616A" w:rsidR="007E30B7" w:rsidRPr="00E16772" w:rsidRDefault="007E30B7" w:rsidP="007E30B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaration </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
@@ -2194,69 +1426,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2(c) to (g) of that Act</w:t>
       </w:r>
       <w:r w:rsidR="00E43E08" w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and previously submitted to the authority has materially changed since that licence was </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> and previously submitted to the authority has materially changed since that licence was granted; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B22D5A4" w14:textId="77777777" w:rsidR="00441359" w:rsidRPr="00E16772" w:rsidRDefault="00441359" w:rsidP="00441359">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="293CD343" w14:textId="21CB9BC0" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="00441359">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2276,254 +1490,261 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7160D5B3" w14:textId="1D816C03" w:rsidR="007E30B7" w:rsidRPr="00E16772" w:rsidRDefault="00C67CC5" w:rsidP="00397085">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the only material changes to that information are described as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318A968F" w14:textId="207D6E26" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="007C1261" w:rsidP="007C1261">
+    <w:p w14:paraId="318A968F" w14:textId="16B5BF66" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00D80AB7" w:rsidP="007C1261">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="689FAB31" wp14:editId="1C6F5534">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="689FAB31" wp14:editId="4DE1B75C">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>19050</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>-114300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>13335</wp:posOffset>
+                  <wp:posOffset>243840</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6553200" cy="4572000"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="6572250" cy="3416300"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6553200" cy="4572000"/>
+                          <a:ext cx="6572250" cy="3416300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1F89C8E2" w14:textId="5FE461EA" w:rsidR="00CB5FDC" w:rsidRDefault="00CB5FDC">
                             <w:r>
                               <w:t xml:space="preserve">Describe material changes here if applicable </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="19355314" w14:textId="77777777" w:rsidR="006A40D4" w:rsidRDefault="006A40D4" w:rsidP="006A40D4">
                             <w:pPr>
                               <w:pStyle w:val="ListParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="13"/>
                               </w:numPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="689FAB31" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1.5pt;margin-top:1.05pt;width:516pt;height:5in;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNMH9WNQIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y0SbcFcYosRYYB&#10;QVsgHXpWZCk2JosapcTOfv0oxfnqdhp2kSmReiLfIz25b2vDdgp9BTbng16fM2UlFJXd5Pz7y+LD&#10;J858ELYQBqzK+V55fj99/27SuLG6gRJMoZARiPXjxuW8DMGNs8zLUtXC98ApS04NWItAW9xkBYqG&#10;0GuT3fT7d1kDWDgEqbyn04eDk08TvtZKhietvQrM5JxyC2nFtK7jmk0nYrxB4cpKdmmIf8iiFpWl&#10;R09QDyIItsXqD6i6kggedOhJqDPQupIq1UDVDPpvqlmVwqlUC5Hj3Ykm//9g5eNu5Z6RhfYLtCRg&#10;JKRxfuzpMNbTaqzjlzJl5CcK9yfaVBuYpMO70eiWtOBMkm84+kh2IjY7X3fow1cFNYtGzpF0SXSJ&#10;3dIHepJCjyHxNQ+mKhaVMWkTe0HNDbKdIBVNSEnSjasoY1lDqdyO+gn4yhehT/fXRsgfscxrBNoZ&#10;S4fn4qMV2nXbMbKGYk9EIRx6yDu5qAh3KXx4FkhNQwTQIIQnWrQBSgY6i7MS8NffzmM8aUlezhpq&#10;wpz7n1uBijPzzZLKnwfDYezatEnMcoaXnvWlx27rORBDAxo5J5NJlzGYo6kR6leal1l8lVzCSno7&#10;5+FozsNhNGjepJrNUhD1qRNhaVdORuioSOTzpX0V6Do9A7XCIxzbVYzfyHqIjTctzLYBdJU0jwQf&#10;WO14px5PsnTzGIfocp+izn+N6W8AAAD//wMAUEsDBBQABgAIAAAAIQCJoA5M2wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNNUQAjZVIAKF04tiLMbb22L2I5iNw1/z/YE&#10;x50Zzb5p1rPvxURjcjEgLBcFCApd1C4YhM+P15sKRMoqaNXHQAg/lGDdXl40qtbxFLY07bIRXBJS&#10;rRBszkMtZeoseZUWcaDA3iGOXmU+RyP1qE5c7ntZFsWd9MoF/mDVQC+Wuu/d0SNsns2D6So12k2l&#10;nZvmr8O7eUO8vpqfHkFkmvNfGM74jA4tM+3jMegkeoQVL8kI5RLE2S1WtyzsEe5LlmTbyP8D2l8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjTB/VjUCAAB9BAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAiaAOTNsAAAAIAQAADwAAAAAAAAAAAAAA&#10;AACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-9pt;margin-top:19.2pt;width:517.5pt;height:269pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3U6GNNQIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52vdp1Rp8hadBhQ&#10;tAXSoWdFlmNjsqhJSuzu1+9JcdK03WnYRSZF6pF8JH1x2beabZXzDZmCj09GnCkjqWzMuuA/Hm8+&#10;nXPmgzCl0GRUwZ+V55fzjx8uOpurCdWkS+UYQIzPO1vwOgSbZ5mXtWqFPyGrDIwVuVYEqG6dlU50&#10;QG91NhmNzrKOXGkdSeU9bq93Rj5P+FWlZLivKq8C0wVHbiGdLp2reGbzC5GvnbB1I4c0xD9k0YrG&#10;IOgB6loEwTaueQfVNtKRpyqcSGozqqpGqlQDqhmP3lSzrIVVqRaQ4+2BJv//YOXddmkfHAv9V+rR&#10;wEhIZ33ucRnr6SvXxi8yZbCDwucDbaoPTOLy7PTzZHIKk4RtOhufTUeJ2OzluXU+fFPUsigU3KEv&#10;iS6xvfUBIeG6d4nRPOmmvGm0TkqcBXWlHdsKdFGHlCRevPLShnVIZYo83iFE6MP7lRbyZyzzNQI0&#10;bXD5UnyUQr/qB0ZWVD6DKEe7GfJW3jTAvRU+PAiHoQEBWIRwj6PShGRokDiryf3+2330Ry9h5azD&#10;EBbc/9oIpzjT3w26/GU8m8WpTcoMNENxx5bVscVs2isCQ2OsnJVJjP5B78XKUfuEfVnEqDAJIxG7&#10;4GEvXoXdamDfpFoskhPm1Ipwa5ZWRuhIbuTzsX8Szg79DBiFO9qPq8jftHXnG18aWmwCVU3qeSR4&#10;x+rAO2Y8tWXYx7hEx3ryevlrzP8AAAD//wMAUEsDBBQABgAIAAAAIQBK+kUy3wAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWidQWjfEqQAVLpwoqOdtvLUtYjuK3TT8Pe4J&#10;jrMzmn1TbybXsZGGaIOXUM4LYOTboKzXEr4+X2cCWEzoFXbBk4QfirBprq9qrFQ4+w8ad0mzXOJj&#10;hRJMSn3FeWwNOYzz0JPP3jEMDlOWg+ZqwHMudx2/K4old2h9/mCwpxdD7ffu5CRsn/VatwIHsxXK&#10;2nHaH9/1m5S3N9PTI7BEU/oLwwU/o0OTmQ7h5FVknYRZKfKWJOFeLIBdAkW5ypeDhIfVcgG8qfn/&#10;Dc0vAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPdToY01AgAAfQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEr6RTLfAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAjwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1F89C8E2" w14:textId="5FE461EA" w:rsidR="00CB5FDC" w:rsidRDefault="00CB5FDC">
                       <w:r>
                         <w:t xml:space="preserve">Describe material changes here if applicable </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="19355314" w14:textId="77777777" w:rsidR="006A40D4" w:rsidRDefault="006A40D4" w:rsidP="006A40D4">
                       <w:pPr>
                         <w:pStyle w:val="ListParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="13"/>
                         </w:numPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...60 lines deleted...]
-    <w:p w14:paraId="14A04123" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:r w:rsidR="007C1261" w:rsidRPr="00E16772">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1261" w:rsidRPr="00E16772">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>See overleaf for details of (c) to (g)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452FB001" w14:textId="6E85E8F3" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36177694" w14:textId="1BD021E8" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CDECF15" w14:textId="7F2DC66F" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5073F350" w14:textId="2AD91C32" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="393E2C7E" w14:textId="741DFAC3" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54081E41" w14:textId="46790CF0" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="292866F5" w14:textId="21CD73B8" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A04123" w14:textId="4C488F7E" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C047496" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="074B6BEE" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2619,209 +1840,162 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D7D67AB" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="509A65F5" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="784D4DA8" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="18D40416" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="523EE83D" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52675FCD" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57724965" w14:textId="77777777" w:rsidR="00397085" w:rsidRPr="00E16772" w:rsidRDefault="00397085" w:rsidP="009C529A">
-[...97 lines deleted...]
-        <w:pageBreakBefore/>
+    <w:p w14:paraId="6C790FBD" w14:textId="77777777" w:rsidR="001D7BD7" w:rsidRDefault="001D7BD7" w:rsidP="001D7BD7">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E16772">
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351EF93F" w14:textId="738911B4" w:rsidR="001D7BD7" w:rsidRPr="001D7BD7" w:rsidRDefault="001D7BD7" w:rsidP="001D7BD7">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-        <w:t>(C) to (G) Guidance Notes</w:t>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7BD7">
+        <w:rPr>
+          <w:rStyle w:val="legds"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Licensing and Management of Houses in Multiple Occupation and Other Houses (Miscellaneous Provisions) (England) Regulations 2006</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004CA3A2" w14:textId="77777777" w:rsidR="001D7BD7" w:rsidRPr="001D7BD7" w:rsidRDefault="001D7BD7" w:rsidP="001D7BD7">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="legds"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7BD7">
+        <w:rPr>
+          <w:rStyle w:val="legds"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Licensing and Management of Houses in Multiple Occupation (Additional Provisions) (England) Regulations 2007</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E251616" w14:textId="77777777" w:rsidR="001D7BD7" w:rsidRDefault="001D7BD7" w:rsidP="001D7BD7">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="legds"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7BD7">
+        <w:rPr>
+          <w:rStyle w:val="legds"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Schedule 2 Paragraph 2: Content of applications under sections 63 and 87 of the Act</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B6AA34" w14:textId="77777777" w:rsidR="00B71CDF" w:rsidRPr="00E16772" w:rsidRDefault="00B71CDF" w:rsidP="00B71CDF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4924B11A" w14:textId="77777777" w:rsidR="00284F3F" w:rsidRPr="00E16772" w:rsidRDefault="00790616" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="legds"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
@@ -2881,236 +2055,180 @@
     <w:p w14:paraId="01A9AB2F" w14:textId="77777777" w:rsidR="00284F3F" w:rsidRPr="00E16772" w:rsidRDefault="00284F3F" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="748F8E3D" w14:textId="071A8ED6" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">house in single </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>house in single occupation;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4250C18E" w14:textId="356F1B14" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">house in multiple </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>house in multiple occupation;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2F1E471E" w14:textId="677964E8" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">flat in single </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>flat in single occupation;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="379B1E45" w14:textId="6C1A99FA" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">flat in multiple </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>flat in multiple occupation;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="54E504C6" w14:textId="73F4735E" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a house converted into and comprising only of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>self contained</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> flats;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="70F4F33F" w14:textId="4B102BBF" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> block of flats; or</w:t>
+        <w:t>a purpose built block of flats; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="265EA0B7" w14:textId="18DD3498" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>other;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4B59F9B3" w14:textId="77777777" w:rsidR="008E628D" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00967D3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58850BA4" w14:textId="09E3320E" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="008E628D" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
@@ -3163,345 +2281,246 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67218DDB" w14:textId="3EC22BD7" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">the number of storeys comprising the HMO or house and the levels on which those storeys are </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the number of storeys comprising the HMO or house and the levels on which those storeys are situated;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D4BED2B" w14:textId="4B3193AA" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">the number of separate letting </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the number of separate letting units;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="34D63F99" w14:textId="289E3244" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>the number of habitable rooms (excluding kitchens</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E16772">
+        <w:t>the number of habitable rooms (excluding kitchens);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A52942C" w14:textId="65B8CC65" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>);</w:t>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(iv)       the number of bathrooms and shower rooms;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6D0B0950" w14:textId="6A16B3FE" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">the number of toilets and wash </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the number of toilets and wash basins;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5B713E24" w14:textId="29C68EDC" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">the number of </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the number of kitchens;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2269E37D" w14:textId="1A88586F" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">the number of </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>the number of sinks;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="53490847" w14:textId="756B03A9" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">the number of households occupying the HMO or </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E16772">
+        <w:t>the number of households occupying the HMO or house;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CF6BC7" w14:textId="6DFD9CBC" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>house;</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="33CF6BC7" w14:textId="6DFD9CBC" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
+      </w:pPr>
+      <w:r w:rsidRPr="00E16772">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(ix)       the number of people occupying the HMO or house;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37667EEB" w14:textId="31715DBC" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">(ix)       the number of people occupying the HMO or </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E16772">
+        <w:t>(x)        details of fire precautions equipment, including the number and location of smoke alarms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721FDE1A" w14:textId="50EA6A06" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>house;</w:t>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...41 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(xi)       details of fire escape routes and other fire safety training provided to occupiers;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0DC19D85" w14:textId="77777777" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B987864" w14:textId="7B2CADE3" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(xii)       a declaration that the furniture in the HMO or house that is provided under the terms of any tenancy or licence meets any safety requirements contained in any enactment; and</w:t>
@@ -3522,186 +2541,126 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(xiii)      a declaration that any gas appliances in the HMO or house meet any safety requirements contained in any enactment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9647D5" w14:textId="77777777" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00F80C20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6617E418" w14:textId="74E50DA1" w:rsidR="00F80C20" w:rsidRPr="00E16772" w:rsidRDefault="00F80C20" w:rsidP="00967D3B">
+    <w:p w14:paraId="32739ADA" w14:textId="15E15C61" w:rsidR="009C529A" w:rsidRPr="001D7BD7" w:rsidRDefault="00F80C20" w:rsidP="0018346D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7BD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>(Non-applicable to Section 254 HMOs)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05520463" w14:textId="77777777" w:rsidR="00967D3B" w:rsidRPr="00E16772" w:rsidRDefault="00967D3B" w:rsidP="00967D3B">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="15D45C94" w14:textId="0EF04514" w:rsidR="009C529A" w:rsidRPr="00E16772" w:rsidRDefault="009C529A" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3296C34B" w14:textId="5CCEE278" w:rsidR="009C529A" w:rsidRPr="00E16772" w:rsidRDefault="009C529A" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59F60B22" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(see next page)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D307B7" w14:textId="45DB9D18" w:rsidR="009C529A" w:rsidRPr="00E16772" w:rsidRDefault="009C529A" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1526829B" w14:textId="016D2278" w:rsidR="009C529A" w:rsidRPr="00E16772" w:rsidRDefault="009C529A" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BBCBC8D" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
-[...21 lines deleted...]
-    <w:p w14:paraId="2EC83FA0" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+    <w:p w14:paraId="2EC83FA0" w14:textId="557C71BD" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00E16772">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t>Declaration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:highlight w:val="black"/>
         </w:rPr>
         <w:t xml:space="preserve"> four</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C32248E" w14:textId="5104589C" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3784,194 +2743,274 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> renewal</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> application for the property known as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557249CE" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C8636EF" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+    <w:p w14:paraId="1C8636EF" w14:textId="1AECB702" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61168DD8" wp14:editId="394C7DAC">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61168DD8" wp14:editId="01BEB423">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>809625</wp:posOffset>
+                  <wp:posOffset>812800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>109220</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4200525" cy="247650"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:extent cx="5187950" cy="368300"/>
+                <wp:effectExtent l="0" t="0" r="12700" b="12700"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1159586573" name="Text Box 1159586573"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4200525" cy="247650"/>
+                          <a:ext cx="5187950" cy="368300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="0DD2F652" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                           <w:p w14:paraId="7140733D" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                           <w:p w14:paraId="5091E7FD" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                           <w:p w14:paraId="087DC66E" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="61168DD8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="Text Box 1159586573" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:63.75pt;margin-top:8.6pt;width:330.75pt;height:19.5pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqJ/63QAIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsUkhaxRJSIqlKU&#10;RCJVzsbrhVW9Htc27NJf32fz2dBTVQ5mxjN+M/NmZsd3ba3ZVjlfkcl5r9PlTBlJRWVWOf/+Mv/w&#10;iTMfhCmEJqNyvlOe303evxs3dqT6tCZdKMcAYvyosTlfh2BHWeblWtXCd8gqA2NJrhYBqltlhRMN&#10;0Gud9bvdm6whV1hHUnmP2/u9kU8SflkqGZ7K0qvAdM6RW0inS+cyntlkLEYrJ+y6koc0xD9kUYvK&#10;IOgJ6l4EwTauuoKqK+nIUxk6kuqMyrKSKtWAanrdN9Us1sKqVAvI8fZEk/9/sPJxu7DPjoX2C7Vo&#10;YCSksX7kcRnraUtXx39kymAHhbsTbaoNTOJygEYM+0POJGz9we3NMPGanV9b58NXRTWLQs4d2pLY&#10;EtsHHxARrkeXGMyTrop5pXVSdn6mHdsKdBCNL6jhTAsfcJnzefrFpAHxxzNtWJPzm4/I5Qoyxjph&#10;LrWQP64RgKcNYM9kRCm0y5ZVxQVRSyp24M/RfrS8lfMK8A/I8Fk4zBIow36EJxylJuREB4mzNblf&#10;f7uP/mgxrJw1mM2c+58b4RQK/2bQ/M+9wSAOc1IGw9s+FHdpWV5azKaeEcjrYROtTGL0D/oolo7q&#10;V6zRNEaFSRiJ2DkPR3EW9huDNZRqOk1OGF8rwoNZWBmhI8eR1pf2VTh76HPAhDzScYrF6E27977x&#10;paHpJlBZpVmIPO9ZPdCP0U/9Paxp3K1LPXmdPyaT3wAAAP//AwBQSwMEFAAGAAgAAAAhAOuAlADc&#10;AAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGzUIVKbNMSpEBIjQoQOsLn2&#10;kRjicxS7aeiv55hgu1f36P2od4sfxIxTdIEU3K4yEEgmWEedgv3r400JIiZNVg+BUME3Rtg1lxe1&#10;rmw40QvObeoEm1CstII+pbGSMpoevY6rMCLx7yNMXieWUyftpE9s7geZZ9lGeu2IE3o94kOP5qs9&#10;egWW3gKZd/d0dtQatz0/l59mVur6arm/A5FwSX8w/Nbn6tBwp0M4ko1iYJ0Xa0b5KHIQDBTllscd&#10;FKw3Ocimlv8XND8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6if+t0ACAACUBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA64CUANwAAAAJAQAA&#10;DwAAAAAAAAAAAAAAAACaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="window" strokeweight=".5pt">
+              <v:shape w14:anchorId="61168DD8" id="Text Box 1159586573" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:64pt;margin-top:8.6pt;width:408.5pt;height:29pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7V/U/QQIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kX6kRp8haZBhQ&#10;tAXSoWdFlhNjsqhJSuzs1+9J+Wy707AcFFKkHslH0qPbrtFsrZyvyRS8f9bjTBlJZW0WBf/xMv0y&#10;5MwHYUqhyaiCb5Tnt+PPn0atzdWAlqRL5RhAjM9bW/BlCDbPMi+XqhH+jKwyMFbkGhGgukVWOtEC&#10;vdHZoNe7ylpypXUklfe4vd8a+TjhV5WS4amqvApMFxy5hXS6dM7jmY1HIl84YZe13KUh/iGLRtQG&#10;QQ9Q9yIItnL1B6imlo48VeFMUpNRVdVSpRpQTb/3rprZUliVagE53h5o8v8PVj6uZ/bZsdB9pQ4N&#10;jIS01ucel7GernJN/EemDHZQuDnQprrAJC4v+8Prm0uYJGznV8PzXuI1O762zodvihoWhYI7tCWx&#10;JdYPPiAiXPcuMZgnXZfTWuukbPyddmwt0EE0vqSWMy18wGXBp+kXkwbEm2fasLbgV+fI6wNkjHXA&#10;nGshf35EAJ42gD2SEaXQzTtWlydEzancgD9H29HyVk5rwD8gw2fhMEvgBfsRnnBUmpAT7STOluR+&#10;/+0++qPFsHLWYjYL7n+thFMo/LtB82/6FxdxmJNycXk9gOJOLfNTi1k1dwTy+thEK5MY/YPei5Wj&#10;5hVrNIlRYRJGInbBw168C9uNwRpKNZkkJ4yvFeHBzKyM0JHjSOtL9yqc3fU5YEIeaT/FIn/X7q1v&#10;fGlosgpU1WkWIs9bVnf0Y/RTf3drGnfrVE9ex4/J+A8AAAD//wMAUEsDBBQABgAIAAAAIQCpfmlK&#10;3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWErFWNc1nRASR4ToOMAt&#10;S0yb0ThVk3Vlvx5zgpuf/fT8vWo7+15MOEYXSMHtIgOBZIJ11Cp42z3dFCBi0mR1HwgVfGOEbX15&#10;UenShhO94tSkVnAIxVIr6FIaSimj6dDruAgDEt8+w+h1Yjm20o76xOG+l3mW3UuvHfGHTg/42KH5&#10;ao5egaX3QObDPZ8dNcatzy/FwUxKXV/NDxsQCef0Z4ZffEaHmpn24Ug2ip51XnCXxMMqB8GG9d2S&#10;F3sFq2UOsq7k/wb1DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7V/U/QQIAAJQEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCpfmlK3QAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAJsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;" fillcolor="window" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0DD2F652" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                     <w:p w14:paraId="7140733D" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                     <w:p w14:paraId="5091E7FD" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                     <w:p w14:paraId="087DC66E" w14:textId="77777777" w:rsidR="00E16772" w:rsidRDefault="00E16772" w:rsidP="00E16772"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63F63328" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+    <w:p w14:paraId="63F63328" w14:textId="2FEA5918" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ADDRESS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7715788B" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DBE65BC" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0DBE65BC" w14:textId="1C68D8E4" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00D80AB7" w:rsidP="00E16772">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08890E5A" wp14:editId="4E2D3C63">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1060450</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>217805</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4200525" cy="247650"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1729200747" name="Text Box 1729200747"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4200525" cy="247650"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7180C691" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                          <w:p w14:paraId="744E9E16" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                          <w:p w14:paraId="0713A41D" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                          <w:p w14:paraId="178B923A" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="08890E5A" id="Text Box 1729200747" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:83.5pt;margin-top:17.15pt;width:330.75pt;height:19.5pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAq918TQgIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsUSItYIkpEVQkl&#10;kZIqZ+P1wqpej2sbdumv77P5CA09VeVgZjzjNzNvZnZy29aa7ZTzFZmc9zpdzpSRVFRmnfPvz4sP&#10;nzjzQZhCaDIq53vl+e30/btJY8eqTxvShXIMIMaPG5vzTQh2nGVeblQtfIesMjCW5GoRoLp1VjjR&#10;AL3WWb/bHWUNucI6ksp73N4djHya8MtSyfBQll4FpnOO3EI6XTpX8cymEzFeO2E3lTymIf4hi1pU&#10;BkHPUHciCLZ11RVUXUlHnsrQkVRnVJaVVKkGVNPrvqnmaSOsSrWAHG/PNPn/Byvvd0/20bHQfqEW&#10;DYyENNaPPS5jPW3p6viPTBnsoHB/pk21gUlcDtCIYX/ImYStP7gZDROv2etr63z4qqhmUci5Q1sS&#10;W2K39AER4XpyicE86apYVFonZe/n2rGdQAfR+IIazrTwAZc5X6RfTBoQfzzThjU5H31ELleQMdYZ&#10;c6WF/HGNADxtAPtKRpRCu2pZVaDME1ErKvbgz9FhtLyViwrwS2T4KBxmCZRhP8IDjlITcqKjxNmG&#10;3K+/3Ud/tBhWzhrMZs79z61wCoV/M2j+595gEIc5KYPhTR+Ku7SsLi1mW88J5PWwiVYmMfoHfRJL&#10;R/UL1mgWo8IkjETsnIeTOA+HjcEaSjWbJSeMrxVhaZ6sjNCR40jrc/sinD32OWBC7uk0xWL8pt0H&#10;3/jS0GwbqKzSLESeD6we6cfop/4e1zTu1qWevF4/JtPfAAAA//8DAFBLAwQUAAYACAAAACEAjDtp&#10;Wt0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDA20a4lQIiSNCBA5w&#10;c+1tYojXUeymoV/PcoLjaEYzb6rt7Hsx4RhdIAXXiwwEkgnWUavg7fXxqgARkyar+0Co4BsjbOvz&#10;s0qXNhzpBacmtYJLKJZaQZfSUEoZTYdex0UYkNjbh9HrxHJspR31kct9L5dZtpJeO+KFTg/40KH5&#10;ag5egaX3QObDPZ0cNcZtTs/Fp5mUuryY7+9AJJzTXxh+8RkdambahQPZKHrWqzV/SQrymxwEB4pl&#10;cQtip2Cd5yDrSv5/UP8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKvdfE0ICAACUBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAjDtpWt0AAAAJ&#10;AQAADwAAAAAAAAAAAAAAAACcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7180C691" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                    <w:p w14:paraId="744E9E16" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                    <w:p w14:paraId="0713A41D" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                    <w:p w14:paraId="178B923A" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5C518CE0" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F965454" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+    <w:p w14:paraId="3F965454" w14:textId="415488ED" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="052DE406" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">SIGNATURE </w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
@@ -3980,108 +3019,189 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Right click to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C9174EC" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+    <w:p w14:paraId="4C9174EC" w14:textId="28349DD4" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00000000" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="4DA57CCB">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1046" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:191.85pt;height:96.15pt">
-            <v:imagedata r:id="rId6" o:title=""/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
+            <v:imagedata r:id="rId7" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{BD9FD76B-BACC-4D57-B703-E8931B6FAD20}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Proposed licence holder " issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="033F6B2A" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
-[...18 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="033F6B2A" w14:textId="7EC06C31" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32FECD2D" w14:textId="21AE379B" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7412038D" w14:textId="3397F5BF" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00D80AB7" w:rsidP="00E16772">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00991175">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79132FF1" wp14:editId="61C964A8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1073150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>225425</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4200525" cy="247650"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="532405994" name="Text Box 532405994"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4200525" cy="247650"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3E6737BF" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                          <w:p w14:paraId="18D2659E" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                          <w:p w14:paraId="5A911FF6" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                          <w:p w14:paraId="0C83F7BD" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="79132FF1" id="Text Box 532405994" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:84.5pt;margin-top:17.75pt;width:330.75pt;height:19.5pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVRRDGQwIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5ykSdoZcYqsRYYB&#10;RVugHXpWZDkxJouapMTOfv2elI9m7U7DclBIkXokH0lPr7tGs61yviZT8EGvz5kyksrarAr+/Xnx&#10;6YozH4QphSajCr5Tnl/PPn6YtjZXQ1qTLpVjADE+b23B1yHYPMu8XKtG+B5ZZWCsyDUiQHWrrHSi&#10;BXqjs2G/P8lacqV1JJX3uL3dG/ks4VeVkuGhqrwKTBccuYV0unQu45nNpiJfOWHXtTykIf4hi0bU&#10;BkFPULciCLZx9TuoppaOPFWhJ6nJqKpqqVINqGbQf1PN01pYlWoBOd6eaPL/D1beb5/so2Oh+0Id&#10;GhgJaa3PPS5jPV3lmviPTBnsoHB3ok11gUlcjtCI8XDMmYRtOLqcjBOv2etr63z4qqhhUSi4Q1sS&#10;W2J75wMiwvXoEoN50nW5qLVOys7faMe2Ah1E40tqOdPCB1wWfJF+MWlA/PFMG9YWfHKBXN5Bxlgn&#10;zKUW8sd7BOBpA9hXMqIUumXH6rLgF0eillTuwJ+j/Wh5Kxc14O+Q4aNwmCVQhv0IDzgqTciJDhJn&#10;a3K//nYf/dFiWDlrMZsF9z83wikU/s2g+Z8Ho1Ec5qSMxpdDKO7csjy3mE1zQyBvgE20MonRP+ij&#10;WDlqXrBG8xgVJmEkYhc8HMWbsN8YrKFU83lywvhaEe7Mk5UROnIcaX3uXoSzhz4HTMg9HadY5G/a&#10;vfeNLw3NN4GqOs1C5HnP6oF+jH7q72FN426d68nr9WMy+w0AAP//AwBQSwMEFAAGAAgAAAAhAK7r&#10;GWLdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoAyUlDXEqhMQRIQIH&#10;enPtbWKI11HspqFfz3KC2452NPOm2sy+FxOO0QVScL3IQCCZYB21Ct7fnq4KEDFpsroPhAq+McKm&#10;Pj+rdGnDkV5xalIrOIRiqRV0KQ2llNF06HVchAGJf/swep1Yjq20oz5yuO/lTZatpNeOuKHTAz52&#10;aL6ag1dg6SOQ2brnk6PGuPXppfg0k1KXF/PDPYiEc/ozwy8+o0PNTLtwIBtFz3q15i1JwTLPQbCh&#10;WGZ87BTc3eYg60r+X1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFVFEMZDAgAAlAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAK7rGWLdAAAA&#10;CQEAAA8AAAAAAAAAAAAAAAAAnQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACnBQAA&#10;AAA=&#10;" fillcolor="window" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3E6737BF" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                    <w:p w14:paraId="18D2659E" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                    <w:p w14:paraId="5A911FF6" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                    <w:p w14:paraId="0C83F7BD" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7" w:rsidP="00D80AB7"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
     <w:p w14:paraId="721F1EA6" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">PRINT NAME: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE7ABD5" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -4110,98 +3230,124 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Right click to sign</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="00991175">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127301BE" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00E16772" w:rsidP="00E16772">
+    <w:p w14:paraId="127301BE" w14:textId="77777777" w:rsidR="00E16772" w:rsidRPr="00991175" w:rsidRDefault="00000000" w:rsidP="00E16772">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:pict w14:anchorId="60B1533B">
-          <v:shape id="_x0000_i1047" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:191.85pt;height:96.15pt">
-            <v:imagedata r:id="rId7" o:title=""/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" alt="Signature Line, Unsigned" style="width:192pt;height:96pt">
+            <v:imagedata r:id="rId8" o:title=""/>
             <o:lock v:ext="edit" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t" grouping="t"/>
             <o:signatureline v:ext="edit" id="{84A76E02-7B45-4655-8C2D-32EB73563755}" provid="{00000000-0000-0000-0000-000000000000}" o:suggestedsigner2="Applicant (agent)" issignatureline="t"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F36F31" w14:textId="6063EC72" w:rsidR="00C841BA" w:rsidRPr="00E16772" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53E7C3FC" w14:textId="5D8866B2" w:rsidR="00C841BA" w:rsidRPr="00E16772" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7831D1D7" w14:textId="54AABF34" w:rsidR="00C841BA" w:rsidRPr="00E16772" w:rsidRDefault="00C841BA" w:rsidP="0018346D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C841BA" w:rsidRPr="00E16772" w:rsidSect="00D91B12">
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0E076904" w14:textId="77777777" w:rsidR="002A1AFC" w:rsidRDefault="002A1AFC" w:rsidP="00D80AB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3EDC8404" w14:textId="77777777" w:rsidR="002A1AFC" w:rsidRDefault="002A1AFC" w:rsidP="00D80AB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4221,50 +3367,167 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:altName w:val="Lato"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="79D4D7F2" w14:textId="77777777" w:rsidR="002A1AFC" w:rsidRDefault="002A1AFC" w:rsidP="00D80AB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7C409DBF" w14:textId="77777777" w:rsidR="002A1AFC" w:rsidRDefault="002A1AFC" w:rsidP="00D80AB7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="267383D8" w14:textId="1FD6947E" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00E16772">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:highlight w:val="black"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="686655FD" wp14:editId="427165C0">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>4610100</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-451485</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2590800" cy="1295400"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="3" name="Picture 3" descr="Homepage – Coventry City Council"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 3" descr="Homepage – Coventry City Council"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2590800" cy="1295400"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6364BC38" w14:textId="77777777" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="70B7A6BC" w14:textId="4462DD74" w:rsidR="00D80AB7" w:rsidRDefault="00D80AB7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="144B480F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6C018CA"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5558,138 +4821,161 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="778330989">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2006857323">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1238396623">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1478575116">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="273023083">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="438068157">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0018346D"/>
     <w:rsid w:val="000A28E8"/>
+    <w:rsid w:val="001709E0"/>
     <w:rsid w:val="0018346D"/>
     <w:rsid w:val="00192A02"/>
+    <w:rsid w:val="001D7BD7"/>
     <w:rsid w:val="00283C14"/>
     <w:rsid w:val="00284F3F"/>
+    <w:rsid w:val="002A1AFC"/>
     <w:rsid w:val="00345C5F"/>
+    <w:rsid w:val="0038347C"/>
     <w:rsid w:val="00397085"/>
     <w:rsid w:val="004034EA"/>
     <w:rsid w:val="00440FFB"/>
     <w:rsid w:val="00441359"/>
     <w:rsid w:val="005251D3"/>
     <w:rsid w:val="005428CB"/>
     <w:rsid w:val="0055606B"/>
     <w:rsid w:val="005A0EE9"/>
     <w:rsid w:val="005C53B6"/>
     <w:rsid w:val="006A40D4"/>
     <w:rsid w:val="006B16FD"/>
     <w:rsid w:val="006E2C3F"/>
     <w:rsid w:val="00756C19"/>
+    <w:rsid w:val="00764672"/>
     <w:rsid w:val="00790616"/>
     <w:rsid w:val="007C1261"/>
     <w:rsid w:val="007D3C54"/>
     <w:rsid w:val="007E30B7"/>
     <w:rsid w:val="00840AAD"/>
     <w:rsid w:val="00877D63"/>
     <w:rsid w:val="008A070D"/>
+    <w:rsid w:val="008A6671"/>
     <w:rsid w:val="008E628D"/>
     <w:rsid w:val="00952345"/>
     <w:rsid w:val="00967D3B"/>
     <w:rsid w:val="00996733"/>
     <w:rsid w:val="009C529A"/>
     <w:rsid w:val="00A55C41"/>
     <w:rsid w:val="00A96AF4"/>
+    <w:rsid w:val="00B01787"/>
     <w:rsid w:val="00B05AC3"/>
+    <w:rsid w:val="00B12290"/>
     <w:rsid w:val="00B1435D"/>
     <w:rsid w:val="00B71CDF"/>
     <w:rsid w:val="00BB5C8D"/>
+    <w:rsid w:val="00C000D9"/>
     <w:rsid w:val="00C27CF1"/>
     <w:rsid w:val="00C67CC5"/>
     <w:rsid w:val="00C841BA"/>
     <w:rsid w:val="00CB5FDC"/>
     <w:rsid w:val="00D07214"/>
     <w:rsid w:val="00D14FB7"/>
+    <w:rsid w:val="00D80AB7"/>
     <w:rsid w:val="00D91B12"/>
     <w:rsid w:val="00E16772"/>
     <w:rsid w:val="00E27236"/>
     <w:rsid w:val="00E43E08"/>
     <w:rsid w:val="00E5099E"/>
     <w:rsid w:val="00F130E3"/>
+    <w:rsid w:val="00F42755"/>
     <w:rsid w:val="00F80C20"/>
+    <w:rsid w:val="00F922F8"/>
     <w:rsid w:val="00F92AFB"/>
     <w:rsid w:val="00FC55EC"/>
     <w:rsid w:val="27AD9D15"/>
     <w:rsid w:val="722B1772"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65E9CDFE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1B4F80B1-9632-4925-87D8-508E005A10AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -6118,62 +5404,110 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0018346D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="legds">
     <w:name w:val="legds"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00790616"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D80AB7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D80AB7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D80AB7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D80AB7"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6431,70 +5765,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>4769</Characters>
+  <Pages>5</Pages>
+  <Words>986</Words>
+  <Characters>4824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>201</Lines>
+  <Paragraphs>93</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5594</CharactersWithSpaces>
+  <CharactersWithSpaces>5717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hennessy, Aran</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>