--- v0 (2025-12-08)
+++ v1 (2026-01-18)
@@ -51,51 +51,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If you do not have the latest version of Microsoft Word which allows digital signatures, you will need to</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> download, print, sign with ink and scan</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> the document for uploading. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506B1FEA" w14:textId="34710E96" w:rsidR="00D8703D" w:rsidRPr="00D8703D" w:rsidRDefault="00D8703D" w:rsidP="00D8703D">
+    <w:p w14:paraId="506B1FEA" w14:textId="34710E96" w:rsidR="00D8703D" w:rsidRDefault="00D8703D" w:rsidP="00D8703D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If you are applying on behalf of the proposed licence holder, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>you will need to email or post them the document for signing</w:t>
       </w:r>
       <w:r w:rsidRPr="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t> before returning it to you for uploading.</w:t>
       </w:r>
@@ -256,112 +256,112 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ownload the correct declaration form that you are required to sign</w:t>
       </w:r>
       <w:r w:rsidR="00365285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> as part of your HMO Licence Application</w:t>
       </w:r>
       <w:r w:rsidR="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496906B7" w14:textId="5C3B5924" w:rsidR="00D8703D" w:rsidRDefault="00F27B86">
+    <w:p w14:paraId="496906B7" w14:textId="5C3B5924" w:rsidR="00D8703D" w:rsidRDefault="00FA5808">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00FA5808" w:rsidRPr="00F27B86">
+        <w:r w:rsidRPr="00F27B86">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>HMO Declarations (</w:t>
         </w:r>
         <w:r w:rsidR="00F505B8" w:rsidRPr="00F27B86">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S254</w:t>
         </w:r>
-        <w:r w:rsidR="00FA5808" w:rsidRPr="00F27B86">
+        <w:r w:rsidRPr="00F27B86">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F505B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– This is the declaration form you need to sign if you are applying for a new </w:t>
       </w:r>
       <w:r w:rsidR="00365285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional / Mandatory </w:t>
       </w:r>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>HMO Application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15084664" w14:textId="589FF1ED" w:rsidR="00F505B8" w:rsidRDefault="00FF6BA2">
+    <w:p w14:paraId="15084664" w14:textId="589FF1ED" w:rsidR="00F505B8" w:rsidRDefault="00FA5808">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00FA5808" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">HMO Declarations </w:t>
         </w:r>
         <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
         <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S254</w:t>
         </w:r>
         <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
@@ -371,154 +371,118 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">- </w:t>
         </w:r>
         <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Renewal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> – This is the declaration form you need to sign if you are applying for a Renewal </w:t>
+      </w:r>
+      <w:r w:rsidR="00365285">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional / Mandatory </w:t>
       </w:r>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">– This is the declaration form you need to sign if you are applying for a </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>HMO Application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A6FC18" w14:textId="4FFCA764" w:rsidR="003F7D5B" w:rsidRPr="003F7D5B" w:rsidRDefault="00FF6BA2" w:rsidP="003F7D5B">
+    <w:p w14:paraId="78A6FC18" w14:textId="4FFCA764" w:rsidR="003F7D5B" w:rsidRPr="003F7D5B" w:rsidRDefault="00FA5808" w:rsidP="003F7D5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00FA5808" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">HMO Declarations </w:t>
         </w:r>
         <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
         <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S257</w:t>
         </w:r>
         <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve"> – This is the declaration form you need to sign if you are applying for a new s257</w:t>
+      </w:r>
+      <w:r w:rsidR="00910A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">– This is the declaration form you need to sign if you are applying for a new </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> S257 refers to </w:t>
+        <w:t xml:space="preserve">HMO Application. S257 refers to </w:t>
       </w:r>
       <w:r w:rsidR="00E704BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a property </w:t>
       </w:r>
       <w:r w:rsidR="003F7D5B" w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>converted</w:t>
       </w:r>
       <w:r w:rsidR="00E704BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> into a</w:t>
       </w:r>
       <w:r w:rsidR="003F7D5B" w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> block of self-contained flats, also known as a </w:t>
       </w:r>
@@ -609,104 +573,91 @@
       </w:pPr>
       <w:r w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Less than two-thirds of the flats are owner-occupied</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C21E56" w14:textId="5B67A7CF" w:rsidR="00F505B8" w:rsidRPr="00E704BE" w:rsidRDefault="003F7D5B" w:rsidP="00E704BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The building is occupied by three or more people, from two or more households</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C166C34" w14:textId="568D4760" w:rsidR="00F505B8" w:rsidRDefault="00FF6BA2">
+    <w:p w14:paraId="0C166C34" w14:textId="568D4760" w:rsidR="00F505B8" w:rsidRDefault="00B571D7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t xml:space="preserve">HMO Declarations </w:t>
-[...6 lines deleted...]
-          <w:t>(</w:t>
+          <w:t>HMO Declarations (</w:t>
         </w:r>
         <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S257</w:t>
         </w:r>
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>) -</w:t>
         </w:r>
         <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Renewal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">– This is the declaration form you need to sign if you are applying for a </w:t>
+        <w:t xml:space="preserve"> – This is the declaration form you need to sign if you are applying for a </w:t>
       </w:r>
       <w:r w:rsidR="00603971">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">s257 </w:t>
       </w:r>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Renewal HMO Application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CFEDD10" w14:textId="454C092C" w:rsidR="00D8703D" w:rsidRPr="00507611" w:rsidRDefault="00F857F5" w:rsidP="009C1F7B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Save a copy of the incomplete declaration form on your device. </w:t>
       </w:r>
       <w:r w:rsidR="00173102" w:rsidRPr="00507611">
         <w:t xml:space="preserve">Read the form. </w:t>
       </w:r>
       <w:r w:rsidR="00BF0453">
@@ -716,155 +667,169 @@
         <w:t xml:space="preserve">ill in </w:t>
       </w:r>
       <w:r w:rsidR="00CE71DD">
         <w:t>declaration 4</w:t>
       </w:r>
       <w:r w:rsidR="00507611" w:rsidRPr="00507611">
         <w:t xml:space="preserve"> with details of </w:t>
       </w:r>
       <w:r w:rsidR="00DE4932" w:rsidRPr="00DE4932">
         <w:t>Interested parties / relevant persons</w:t>
       </w:r>
       <w:r w:rsidR="00507611" w:rsidRPr="00507611">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54310852" w14:textId="17CF5960" w:rsidR="00507611" w:rsidRPr="00507611" w:rsidRDefault="00507611" w:rsidP="00507611">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00507611">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08A4691B" wp14:editId="76FD43D7">
             <wp:extent cx="4229100" cy="1889179"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="974068119" name="Picture 1" descr="A close-up of a address&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="974068119" name="Picture 1" descr="A close-up of a address&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4246958" cy="1897156"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1560FE" w14:textId="77777777" w:rsidR="00D8703D" w:rsidRDefault="00D8703D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3522E129" w14:textId="2E87CD0D" w:rsidR="00D8703D" w:rsidRPr="0006532C" w:rsidRDefault="0006532C" w:rsidP="0006532C">
+    <w:p w14:paraId="3522E129" w14:textId="278F4725" w:rsidR="00D8703D" w:rsidRPr="0006532C" w:rsidRDefault="0006532C" w:rsidP="0006532C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0006532C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to Declaration 5. Add the address of the HMO and </w:t>
       </w:r>
       <w:r w:rsidR="006F1C80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>write your</w:t>
       </w:r>
       <w:r w:rsidRPr="0006532C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> name. </w:t>
+        <w:t xml:space="preserve"> name.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1304">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you are applying as a company we still require the individual completing the declaration to print their name.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006532C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F1C80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="0006532C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>hen you are ready to sign the document.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23D565BD" w14:textId="77777777" w:rsidR="0006532C" w:rsidRDefault="0006532C" w:rsidP="0006532C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2023776E" w14:textId="37FB7D97" w:rsidR="00CE74F6" w:rsidRPr="0006532C" w:rsidRDefault="00CE74F6" w:rsidP="0006532C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE74F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="460DE3D8" wp14:editId="127FCB27">
             <wp:extent cx="4032250" cy="1994235"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="222239082" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="222239082" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -942,50 +907,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>sign’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BB77FE" w14:textId="77777777" w:rsidR="002D6AB7" w:rsidRDefault="002D6AB7" w:rsidP="002D6AB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F372646" w14:textId="50BDE41D" w:rsidR="002D6AB7" w:rsidRPr="002D6AB7" w:rsidRDefault="0011112E" w:rsidP="002D6AB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011112E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FE50600" wp14:editId="68944255">
             <wp:extent cx="3883500" cy="1841500"/>
             <wp:effectExtent l="0" t="0" r="3175" b="6350"/>
             <wp:docPr id="1043830580" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1043830580" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
@@ -1022,97 +988,99 @@
         </w:rPr>
         <w:t xml:space="preserve">A new window will pop up. </w:t>
       </w:r>
       <w:r w:rsidR="00CC1B24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Add your signature</w:t>
       </w:r>
       <w:r w:rsidR="00CA43A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and then press sign.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDCDA10" w14:textId="2C5CA077" w:rsidR="00CE2003" w:rsidRDefault="003A0353">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A0353">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7884B978" wp14:editId="31C6A1BD">
             <wp:extent cx="2609850" cy="3051068"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="133666456" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="133666456" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2612390" cy="3054038"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="646278B0" w14:textId="305F0E4A" w:rsidR="00CA43A4" w:rsidRDefault="00CA43A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA43A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49B3EA06" wp14:editId="57246F17">
             <wp:extent cx="3154345" cy="1733550"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="1172673772" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1172673772" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
@@ -2186,76 +2154,78 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D8703D"/>
     <w:rsid w:val="00032831"/>
     <w:rsid w:val="0006532C"/>
     <w:rsid w:val="000B4DBC"/>
     <w:rsid w:val="0011112E"/>
     <w:rsid w:val="00164150"/>
     <w:rsid w:val="00173102"/>
     <w:rsid w:val="001E2054"/>
     <w:rsid w:val="0026202D"/>
     <w:rsid w:val="002D6AB7"/>
     <w:rsid w:val="00365285"/>
     <w:rsid w:val="003A0353"/>
     <w:rsid w:val="003B6C7A"/>
     <w:rsid w:val="003F7D5B"/>
     <w:rsid w:val="00433F91"/>
     <w:rsid w:val="004952E8"/>
+    <w:rsid w:val="004E1304"/>
     <w:rsid w:val="00507611"/>
     <w:rsid w:val="00603971"/>
     <w:rsid w:val="0061575C"/>
     <w:rsid w:val="00626685"/>
     <w:rsid w:val="0067678F"/>
     <w:rsid w:val="006E380D"/>
     <w:rsid w:val="006F1C80"/>
     <w:rsid w:val="0070652A"/>
     <w:rsid w:val="00847933"/>
     <w:rsid w:val="00910A75"/>
     <w:rsid w:val="009717AC"/>
     <w:rsid w:val="009C1F7B"/>
     <w:rsid w:val="00AF3BA0"/>
     <w:rsid w:val="00B07D44"/>
     <w:rsid w:val="00B571D7"/>
     <w:rsid w:val="00BC75B8"/>
     <w:rsid w:val="00BF0453"/>
     <w:rsid w:val="00CA43A4"/>
     <w:rsid w:val="00CC1B24"/>
     <w:rsid w:val="00CE2003"/>
     <w:rsid w:val="00CE71DD"/>
     <w:rsid w:val="00CE74F6"/>
     <w:rsid w:val="00CF6841"/>
     <w:rsid w:val="00D8703D"/>
     <w:rsid w:val="00DD7494"/>
     <w:rsid w:val="00DE4932"/>
+    <w:rsid w:val="00E0755E"/>
     <w:rsid w:val="00E704BE"/>
     <w:rsid w:val="00EE2C68"/>
     <w:rsid w:val="00F27B86"/>
     <w:rsid w:val="00F505B8"/>
     <w:rsid w:val="00F857F5"/>
     <w:rsid w:val="00FA5808"/>
     <w:rsid w:val="00FF6BA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -2852,50 +2822,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D8703D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -3611,54 +3582,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>457</Words>
-  <Characters>2606</Characters>
+  <Words>555</Words>
+  <Characters>2622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3057</CharactersWithSpaces>
+  <CharactersWithSpaces>3142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sealey, Carloss</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>