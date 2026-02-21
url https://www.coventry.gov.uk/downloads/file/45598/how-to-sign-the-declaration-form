--- v1 (2026-01-18)
+++ v2 (2026-02-21)
@@ -256,209 +256,209 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ownload the correct declaration form that you are required to sign</w:t>
       </w:r>
       <w:r w:rsidR="00365285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> as part of your HMO Licence Application</w:t>
       </w:r>
       <w:r w:rsidR="00D8703D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="496906B7" w14:textId="5C3B5924" w:rsidR="00D8703D" w:rsidRDefault="00FA5808">
+    <w:p w14:paraId="496906B7" w14:textId="6202D199" w:rsidR="00D8703D" w:rsidRDefault="002238FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00F27B86">
+        <w:r w:rsidR="00FA5808" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>HMO Declarations (</w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00F27B86">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S254</w:t>
         </w:r>
-        <w:r w:rsidRPr="00F27B86">
+        <w:r w:rsidR="00FA5808" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F505B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– This is the declaration form you need to sign if you are applying for a new </w:t>
       </w:r>
       <w:r w:rsidR="00365285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional / Mandatory </w:t>
       </w:r>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>HMO Application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15084664" w14:textId="589FF1ED" w:rsidR="00F505B8" w:rsidRDefault="00FA5808">
+    <w:p w14:paraId="15084664" w14:textId="4459E3E4" w:rsidR="00F505B8" w:rsidRDefault="002238FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00FA5808" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">HMO Declarations </w:t>
         </w:r>
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S254</w:t>
         </w:r>
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">- </w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="002238FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Renewal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – This is the declaration form you need to sign if you are applying for a Renewal </w:t>
       </w:r>
       <w:r w:rsidR="00365285">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional / Mandatory </w:t>
       </w:r>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>HMO Application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A6FC18" w14:textId="4FFCA764" w:rsidR="003F7D5B" w:rsidRPr="003F7D5B" w:rsidRDefault="00FA5808" w:rsidP="003F7D5B">
+    <w:p w14:paraId="78A6FC18" w14:textId="54A831EC" w:rsidR="003F7D5B" w:rsidRPr="003F7D5B" w:rsidRDefault="00FC7609" w:rsidP="003F7D5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00FA5808" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">HMO Declarations </w:t>
         </w:r>
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S257</w:t>
         </w:r>
-        <w:r w:rsidR="00B571D7" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – This is the declaration form you need to sign if you are applying for a new s257</w:t>
       </w:r>
       <w:r w:rsidR="00910A75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004952E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">HMO Application. S257 refers to </w:t>
       </w:r>
@@ -524,230 +524,155 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Was converted before 1 June 1992 and did not and still does not comply with the 1991 Building Regulations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="343A7917" w14:textId="77777777" w:rsidR="003F7D5B" w:rsidRPr="003F7D5B" w:rsidRDefault="003F7D5B" w:rsidP="003F7D5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Or,</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> was converted on or after 1 June 1992 and did not and still does not comply with the Building Regulations that existed at the time of the conversion. </w:t>
+        <w:t>Or, was converted on or after 1 June 1992 and did not and still does not comply with the Building Regulations that existed at the time of the conversion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42442C37" w14:textId="77777777" w:rsidR="003F7D5B" w:rsidRPr="003F7D5B" w:rsidRDefault="003F7D5B" w:rsidP="003F7D5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Less than two-thirds of the flats are owner-occupied</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C21E56" w14:textId="5B67A7CF" w:rsidR="00F505B8" w:rsidRPr="00E704BE" w:rsidRDefault="003F7D5B" w:rsidP="00E704BE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The building is occupied by three or more people, from two or more households</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C166C34" w14:textId="568D4760" w:rsidR="00F505B8" w:rsidRDefault="00B571D7">
+    <w:p w14:paraId="0C166C34" w14:textId="391C7365" w:rsidR="00F505B8" w:rsidRDefault="00FC7609">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>HMO Declarations (</w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>S257</w:t>
         </w:r>
-        <w:r w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00B571D7" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>) -</w:t>
         </w:r>
-        <w:r w:rsidR="00F505B8" w:rsidRPr="00FF6BA2">
+        <w:r w:rsidR="00F505B8" w:rsidRPr="00FC7609">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> Renewal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – This is the declaration form you need to sign if you are applying for a </w:t>
       </w:r>
       <w:r w:rsidR="00603971">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">s257 </w:t>
       </w:r>
       <w:r w:rsidR="006E380D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Renewal HMO Application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CFEDD10" w14:textId="454C092C" w:rsidR="00D8703D" w:rsidRPr="00507611" w:rsidRDefault="00F857F5" w:rsidP="009C1F7B">
+    <w:p w14:paraId="54310852" w14:textId="582CF63C" w:rsidR="00507611" w:rsidRPr="003D0169" w:rsidRDefault="00953230" w:rsidP="003D0169">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Save a copy of the incomplete declaration form on your device. </w:t>
-[...69 lines deleted...]
-        </w:drawing>
+        <w:t xml:space="preserve">Ensure you have added the details of any Manager, Owner or Mortgage Provider on your Online Application </w:t>
+      </w:r>
+      <w:r w:rsidR="003D0169">
+        <w:t>Form and informed them that you have submitted an HMO Application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1560FE" w14:textId="77777777" w:rsidR="00D8703D" w:rsidRDefault="00D8703D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3522E129" w14:textId="278F4725" w:rsidR="00D8703D" w:rsidRPr="0006532C" w:rsidRDefault="0006532C" w:rsidP="0006532C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0006532C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to Declaration 5. Add the address of the HMO and </w:t>
@@ -803,51 +728,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE74F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="460DE3D8" wp14:editId="127FCB27">
             <wp:extent cx="4032250" cy="1994235"/>
             <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="222239082" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="222239082" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId12"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4037745" cy="1996952"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D53BC0E" w14:textId="77777777" w:rsidR="00D8703D" w:rsidRDefault="00D8703D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -909,68 +834,67 @@
           <w:bCs/>
         </w:rPr>
         <w:t>sign’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BB77FE" w14:textId="77777777" w:rsidR="002D6AB7" w:rsidRDefault="002D6AB7" w:rsidP="002D6AB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F372646" w14:textId="50BDE41D" w:rsidR="002D6AB7" w:rsidRPr="002D6AB7" w:rsidRDefault="0011112E" w:rsidP="002D6AB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0011112E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FE50600" wp14:editId="68944255">
             <wp:extent cx="3883500" cy="1841500"/>
             <wp:effectExtent l="0" t="0" r="3175" b="6350"/>
             <wp:docPr id="1043830580" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1043830580" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14"/>
+                    <a:blip r:embed="rId13"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3892359" cy="1845701"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="488F5135" w14:textId="77777777" w:rsidR="00D8703D" w:rsidRDefault="00D8703D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -990,166 +914,167 @@
       </w:r>
       <w:r w:rsidR="00CC1B24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Add your signature</w:t>
       </w:r>
       <w:r w:rsidR="00CA43A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and then press sign.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDCDA10" w14:textId="2C5CA077" w:rsidR="00CE2003" w:rsidRDefault="003A0353">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A0353">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7884B978" wp14:editId="31C6A1BD">
             <wp:extent cx="2609850" cy="3051068"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="133666456" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="133666456" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2612390" cy="3054038"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="646278B0" w14:textId="305F0E4A" w:rsidR="00CA43A4" w:rsidRDefault="00CA43A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA43A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49B3EA06" wp14:editId="57246F17">
             <wp:extent cx="3154345" cy="1733550"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="1172673772" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1172673772" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3164900" cy="1739351"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6052C88E" w14:textId="0080E48D" w:rsidR="00164150" w:rsidRDefault="00CA43A4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Press ‘OK’. Your signature has now been </w:t>
       </w:r>
       <w:r w:rsidR="003B6C7A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>added,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> and you can upload this </w:t>
       </w:r>
       <w:r w:rsidR="00DD7494">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">document to your HMO Application submission or send it to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00DD7494" w:rsidRPr="00B6572C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>HMO@coventry.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD7494">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AD4F6D" w14:textId="684CA2BC" w:rsidR="0061575C" w:rsidRPr="00B07D44" w:rsidRDefault="0061575C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B07D44">
         <w:rPr>
@@ -1162,74 +1087,74 @@
       <w:r w:rsidR="00B07D44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">at this point </w:t>
       </w:r>
       <w:r w:rsidRPr="00B07D44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>as this will invalid the signature and you will have to sign it again.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E3BA40F" w14:textId="77777777" w:rsidR="00D8703D" w:rsidRPr="00D8703D" w:rsidRDefault="00D8703D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D8703D" w:rsidRPr="00D8703D">
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CF6A4B7" w14:textId="77777777" w:rsidR="00AF3BA0" w:rsidRDefault="00AF3BA0" w:rsidP="00AF3BA0">
+    <w:p w14:paraId="485A68B4" w14:textId="77777777" w:rsidR="000A73FE" w:rsidRDefault="000A73FE" w:rsidP="00AF3BA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40091510" w14:textId="77777777" w:rsidR="00AF3BA0" w:rsidRDefault="00AF3BA0" w:rsidP="00AF3BA0">
+    <w:p w14:paraId="05A90EDF" w14:textId="77777777" w:rsidR="000A73FE" w:rsidRDefault="000A73FE" w:rsidP="00AF3BA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1305,61 +1230,61 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="46C3B29E" w14:textId="77777777" w:rsidR="00AF3BA0" w:rsidRDefault="00AF3BA0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="640BAE4D" w14:textId="77777777" w:rsidR="00AF3BA0" w:rsidRDefault="00AF3BA0" w:rsidP="00AF3BA0">
+    <w:p w14:paraId="36ECDA1E" w14:textId="77777777" w:rsidR="000A73FE" w:rsidRDefault="000A73FE" w:rsidP="00AF3BA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63FA9038" w14:textId="77777777" w:rsidR="00AF3BA0" w:rsidRDefault="00AF3BA0" w:rsidP="00AF3BA0">
+    <w:p w14:paraId="2749BC81" w14:textId="77777777" w:rsidR="000A73FE" w:rsidRDefault="000A73FE" w:rsidP="00AF3BA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22D45142"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2D0442D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -2118,120 +2043,130 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1902982032">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="321588381">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1942100918">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="675308114">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="841747216">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1257439578">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D8703D"/>
+    <w:rsid w:val="0001155F"/>
     <w:rsid w:val="00032831"/>
     <w:rsid w:val="0006532C"/>
+    <w:rsid w:val="000A73FE"/>
     <w:rsid w:val="000B4DBC"/>
     <w:rsid w:val="0011112E"/>
+    <w:rsid w:val="001630E5"/>
     <w:rsid w:val="00164150"/>
     <w:rsid w:val="00173102"/>
     <w:rsid w:val="001E2054"/>
+    <w:rsid w:val="002238FB"/>
     <w:rsid w:val="0026202D"/>
     <w:rsid w:val="002D6AB7"/>
     <w:rsid w:val="00365285"/>
     <w:rsid w:val="003A0353"/>
     <w:rsid w:val="003B6C7A"/>
+    <w:rsid w:val="003D0169"/>
+    <w:rsid w:val="003F41D0"/>
     <w:rsid w:val="003F7D5B"/>
     <w:rsid w:val="00433F91"/>
     <w:rsid w:val="004952E8"/>
     <w:rsid w:val="004E1304"/>
     <w:rsid w:val="00507611"/>
     <w:rsid w:val="00603971"/>
     <w:rsid w:val="0061575C"/>
     <w:rsid w:val="00626685"/>
     <w:rsid w:val="0067678F"/>
     <w:rsid w:val="006E380D"/>
     <w:rsid w:val="006F1C80"/>
     <w:rsid w:val="0070652A"/>
     <w:rsid w:val="00847933"/>
+    <w:rsid w:val="00881859"/>
     <w:rsid w:val="00910A75"/>
+    <w:rsid w:val="00953230"/>
     <w:rsid w:val="009717AC"/>
     <w:rsid w:val="009C1F7B"/>
+    <w:rsid w:val="00A62FDD"/>
     <w:rsid w:val="00AF3BA0"/>
     <w:rsid w:val="00B07D44"/>
     <w:rsid w:val="00B571D7"/>
     <w:rsid w:val="00BC75B8"/>
     <w:rsid w:val="00BF0453"/>
     <w:rsid w:val="00CA43A4"/>
     <w:rsid w:val="00CC1B24"/>
     <w:rsid w:val="00CE2003"/>
     <w:rsid w:val="00CE71DD"/>
     <w:rsid w:val="00CE74F6"/>
     <w:rsid w:val="00CF6841"/>
     <w:rsid w:val="00D8703D"/>
     <w:rsid w:val="00DD7494"/>
     <w:rsid w:val="00DE4932"/>
     <w:rsid w:val="00E0755E"/>
     <w:rsid w:val="00E704BE"/>
     <w:rsid w:val="00EE2C68"/>
     <w:rsid w:val="00F27B86"/>
     <w:rsid w:val="00F505B8"/>
     <w:rsid w:val="00F857F5"/>
     <w:rsid w:val="00FA5808"/>
+    <w:rsid w:val="00FC7609"/>
     <w:rsid w:val="00FF6BA2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -3279,51 +3214,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1971084780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41231/hmo-declarations-s254-renewals" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41230/hmo-declarations-s254-" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HMO@coventry.gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41150/hmo-declarations-s257-renewals" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2004/34/section/257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41149/hmo-declarations-s257-" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41231/hmo-declarations-s254-renewals" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41230/hmo-declarations-s254-" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HMO@coventry.gov.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41150/hmo-declarations-s257-renewals" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2004/34/section/257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coventry.gov.uk/downloads/file/41149/hmo-declarations-s257-" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3583,53 +3518,53 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>555</Words>
-  <Characters>2622</Characters>
+  <Characters>2636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Coventry City Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3142</CharactersWithSpaces>
+  <CharactersWithSpaces>3157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sealey, Carloss</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>